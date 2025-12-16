--- v0 (2025-10-11)
+++ v1 (2025-12-16)
@@ -499,51 +499,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D30A16">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="42835587" w14:textId="49DE0F97" w:rsidR="00812355" w:rsidRDefault="00CC2AE2" w:rsidP="00641E92">
+        <w:p w14:paraId="42835587" w14:textId="49DE0F97" w:rsidR="00812355" w:rsidRDefault="00D338D2" w:rsidP="00641E92">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:outlineLvl w:val="0"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="it-IT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313304" w:history="1">
             <w:r w:rsidR="00812355" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Aspetti Qualificanti l’insediamento</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -570,80 +570,80 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D30A16">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4374F97B" w14:textId="5341F967" w:rsidR="00812355" w:rsidRDefault="00CC2AE2" w:rsidP="00641E92">
+        <w:p w14:paraId="4374F97B" w14:textId="5341F967" w:rsidR="00812355" w:rsidRDefault="00D338D2" w:rsidP="00641E92">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:outlineLvl w:val="0"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="it-IT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313305" w:history="1">
             <w:r w:rsidR="00812355" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Aspetti Qualificanti il Beneficiario</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00A30B72">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> ………………………………………………………………………………………………….8</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="7993AA90" w14:textId="2CF8C06A" w:rsidR="00812355" w:rsidRDefault="00CC2AE2" w:rsidP="00641E92">
+        <w:p w14:paraId="7993AA90" w14:textId="2CF8C06A" w:rsidR="00812355" w:rsidRDefault="00D338D2" w:rsidP="00641E92">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:outlineLvl w:val="0"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="it-IT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313306" w:history="1">
             <w:r w:rsidR="00812355" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Aspetti Qualificanti l’investimento</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -670,92 +670,92 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D30A16">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="31035012" w14:textId="11F28A18" w:rsidR="00812355" w:rsidRDefault="00CC2AE2" w:rsidP="00641E92">
+        <w:p w14:paraId="31035012" w14:textId="11F28A18" w:rsidR="00812355" w:rsidRDefault="00D338D2" w:rsidP="00641E92">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:outlineLvl w:val="0"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:lang w:eastAsia="it-IT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313307" w:history="1">
             <w:r w:rsidR="00812355" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Piano di Sviluppo</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00A30B72">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> …………………………………………………………………………………………………………………</w:t>
           </w:r>
           <w:r w:rsidR="00815308">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">  </w:t>
           </w:r>
           <w:r w:rsidR="00A30B72">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>…13</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="6723A2D2" w14:textId="35B3D20C" w:rsidR="00812355" w:rsidRDefault="00CC2AE2" w:rsidP="00641E92">
+        <w:p w14:paraId="6723A2D2" w14:textId="35B3D20C" w:rsidR="00812355" w:rsidRDefault="00D338D2" w:rsidP="00641E92">
           <w:pPr>
             <w:pStyle w:val="Sommario3"/>
             <w:outlineLvl w:val="0"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:lang w:eastAsia="it-IT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313308" w:history="1">
             <w:r w:rsidR="00812355" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
               </w:rPr>
               <w:t>Tempistiche</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
@@ -773,51 +773,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D30A16">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00A30B72">
             <w:t>3</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5D2A3BC9" w14:textId="35840EDD" w:rsidR="00812355" w:rsidRDefault="00CC2AE2" w:rsidP="00641E92">
+        <w:p w14:paraId="5D2A3BC9" w14:textId="35840EDD" w:rsidR="00812355" w:rsidRDefault="00D338D2" w:rsidP="00641E92">
           <w:pPr>
             <w:pStyle w:val="Sommario3"/>
             <w:outlineLvl w:val="0"/>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313309" w:history="1">
             <w:r w:rsidR="00812355" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
               </w:rPr>
               <w:t>Obiettivi Operativi Aziendali</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
@@ -831,293 +831,293 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D30A16">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00A30B72">
             <w:t>3</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="31AB701D" w14:textId="3050FF2F" w:rsidR="00A30B72" w:rsidRDefault="00CC2AE2" w:rsidP="00A30B72">
+        <w:p w14:paraId="31AB701D" w14:textId="3050FF2F" w:rsidR="00A30B72" w:rsidRDefault="00D338D2" w:rsidP="00A30B72">
           <w:pPr>
             <w:pStyle w:val="Sommario3"/>
             <w:outlineLvl w:val="0"/>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313311" w:history="1">
             <w:r w:rsidR="00A30B72" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
               </w:rPr>
               <w:t>Organizzazione dell’impresa</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00A30B72">
             <w:t xml:space="preserve"> …………………………………………………………………………………………………14</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3F7B9222" w14:textId="030244A7" w:rsidR="00A30B72" w:rsidRDefault="00CC2AE2" w:rsidP="00A30B72">
+        <w:p w14:paraId="3F7B9222" w14:textId="030244A7" w:rsidR="00A30B72" w:rsidRDefault="00D338D2" w:rsidP="00A30B72">
           <w:pPr>
             <w:pStyle w:val="Sommario3"/>
             <w:outlineLvl w:val="0"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:lang w:eastAsia="it-IT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313310" w:history="1">
             <w:r w:rsidR="00A30B72" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
               </w:rPr>
               <w:t>Descrizione dell’iniziativa</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="006340F4">
             <w:t xml:space="preserve"> …………………………………………………………………………………………………….17</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="6F2651CA" w14:textId="7D63F33D" w:rsidR="00A30B72" w:rsidRDefault="00CC2AE2" w:rsidP="00A30B72">
+        <w:p w14:paraId="6F2651CA" w14:textId="7D63F33D" w:rsidR="00A30B72" w:rsidRDefault="00D338D2" w:rsidP="00A30B72">
           <w:pPr>
             <w:pStyle w:val="Sommario3"/>
             <w:outlineLvl w:val="0"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:lang w:eastAsia="it-IT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313313" w:history="1">
             <w:r w:rsidR="00A30B72" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
               </w:rPr>
               <w:t>Obiettivi e Risultati</w:t>
             </w:r>
             <w:r w:rsidR="00A30B72">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00014B7A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="10B9AB01" w14:textId="1ABB8E5B" w:rsidR="00812355" w:rsidRDefault="00CC2AE2" w:rsidP="00641E92">
+        <w:p w14:paraId="10B9AB01" w14:textId="1ABB8E5B" w:rsidR="00812355" w:rsidRDefault="00D338D2" w:rsidP="00641E92">
           <w:pPr>
             <w:pStyle w:val="Sommario3"/>
             <w:outlineLvl w:val="0"/>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313314" w:history="1">
             <w:r w:rsidR="00812355" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
               </w:rPr>
               <w:t>Possibile adesione a sistemi di cooperazione ed eventuale ricorso ad altre tipologie d’intervento sul CSR 2023/2027</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00014B7A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="554E0986" w14:textId="1437141C" w:rsidR="00A30B72" w:rsidRDefault="00CC2AE2" w:rsidP="00A30B72">
+        <w:p w14:paraId="554E0986" w14:textId="1437141C" w:rsidR="00A30B72" w:rsidRDefault="00D338D2" w:rsidP="00A30B72">
           <w:pPr>
             <w:pStyle w:val="Sommario3"/>
             <w:outlineLvl w:val="0"/>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313316" w:history="1">
             <w:r w:rsidR="00A30B72" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
               </w:rPr>
               <w:t>Piano degli Investimenti</w:t>
             </w:r>
             <w:r w:rsidR="00A30B72">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00014B7A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00014B7A">
             <w:t xml:space="preserve">1 </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="108D275F" w14:textId="789845D5" w:rsidR="00A30B72" w:rsidRDefault="00A30B72" w:rsidP="00A30B72">
           <w:pPr>
             <w:ind w:firstLine="480"/>
           </w:pPr>
           <w:r>
             <w:t>Congruità degli investimenti……………………………………………………………………………………………</w:t>
           </w:r>
           <w:r w:rsidR="00014B7A">
             <w:t>…</w:t>
           </w:r>
           <w:r w:rsidR="00815308">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00014B7A">
             <w:t>…</w:t>
           </w:r>
           <w:r>
             <w:t>22</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3DE207C0" w14:textId="633A48A1" w:rsidR="00812355" w:rsidRDefault="00CC2AE2" w:rsidP="00641E92">
+        <w:p w14:paraId="3DE207C0" w14:textId="633A48A1" w:rsidR="00812355" w:rsidRDefault="00D338D2" w:rsidP="00641E92">
           <w:pPr>
             <w:pStyle w:val="Sommario3"/>
             <w:outlineLvl w:val="0"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:lang w:eastAsia="it-IT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313315" w:history="1">
             <w:r w:rsidR="00812355" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
               </w:rPr>
               <w:t>Adempimenti amministrativi e/o gestionali</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00014B7A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00014B7A">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="551CF8EC" w14:textId="0185233B" w:rsidR="00812355" w:rsidRDefault="00CC2AE2" w:rsidP="00641E92">
+        <w:p w14:paraId="551CF8EC" w14:textId="0185233B" w:rsidR="00812355" w:rsidRDefault="00D338D2" w:rsidP="00641E92">
           <w:pPr>
             <w:pStyle w:val="Sommario3"/>
             <w:outlineLvl w:val="0"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:lang w:eastAsia="it-IT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313317" w:history="1">
             <w:r w:rsidR="00812355" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
               </w:rPr>
               <w:t>Costi Operativi</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00014B7A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00014B7A">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="53866826" w14:textId="6D764A67" w:rsidR="00812355" w:rsidRDefault="00CC2AE2" w:rsidP="00641E92">
+        <w:p w14:paraId="53866826" w14:textId="6D764A67" w:rsidR="00812355" w:rsidRDefault="00D338D2" w:rsidP="00641E92">
           <w:pPr>
             <w:pStyle w:val="Sommario3"/>
             <w:outlineLvl w:val="0"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:lang w:eastAsia="it-IT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313318" w:history="1">
             <w:r w:rsidR="00812355" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
               </w:rPr>
               <w:t>Ricavi</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00014B7A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00014B7A">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="665661A7" w14:textId="13DB6212" w:rsidR="00812355" w:rsidRDefault="00CC2AE2" w:rsidP="00641E92">
+        <w:p w14:paraId="665661A7" w14:textId="13DB6212" w:rsidR="00812355" w:rsidRDefault="00D338D2" w:rsidP="00641E92">
           <w:pPr>
             <w:pStyle w:val="Sommario3"/>
             <w:outlineLvl w:val="0"/>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313319" w:history="1">
             <w:r w:rsidR="00812355" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
               </w:rPr>
               <w:t>Sostenibilità Economica Finanziaria</w:t>
             </w:r>
             <w:r w:rsidR="00812355">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00014B7A">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00014B7A">
@@ -1130,51 +1130,51 @@
           </w:pPr>
           <w:r>
             <w:t>Sostenibilità insediamento …………………………………………………………………………………………………</w:t>
           </w:r>
           <w:r w:rsidR="00014B7A">
             <w:t>..</w:t>
           </w:r>
           <w:r>
             <w:t>25</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="7D1ADAA8" w14:textId="6D151244" w:rsidR="00A30B72" w:rsidRDefault="00A30B72" w:rsidP="00A30B72">
           <w:pPr>
             <w:ind w:firstLine="480"/>
           </w:pPr>
           <w:r>
             <w:t>Copertura finanziaria degli investimenti ……………………………………………………………………………</w:t>
           </w:r>
           <w:r w:rsidR="00014B7A">
             <w:t>…</w:t>
           </w:r>
           <w:r>
             <w:t>.26</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="04F30F12" w14:textId="77777777" w:rsidR="00AE6AE7" w:rsidRDefault="00CC2AE2" w:rsidP="00AE6AE7">
+        <w:p w14:paraId="04F30F12" w14:textId="77777777" w:rsidR="00AE6AE7" w:rsidRDefault="00D338D2" w:rsidP="00AE6AE7">
           <w:pPr>
             <w:pStyle w:val="Sommario3"/>
             <w:outlineLvl w:val="0"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:lang w:eastAsia="it-IT"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc196313312" w:history="1">
             <w:r w:rsidR="00AE6AE7" w:rsidRPr="00E339E5">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
               </w:rPr>
               <w:t>Tempistiche e Cronoprogramma di attuazione</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00AE6AE7">
             <w:t xml:space="preserve"> …………………………………………………………………… .26</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="5C6AB6C8" w14:textId="77777777" w:rsidR="00AE6AE7" w:rsidRPr="00A30B72" w:rsidRDefault="00AE6AE7" w:rsidP="00A30B72">
           <w:pPr>
             <w:ind w:firstLine="480"/>
           </w:pPr>
         </w:p>
@@ -1827,51 +1827,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="61D55B40" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:17.55pt;margin-top:2.1pt;width:17.25pt;height:14.25pt;z-index:-251406336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQAS62sZ3AAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNNQQglxKlQE9BSppT1wc+wliYjXUey24e1Z&#10;TnCcH818xWpyvTjhGDpPCuazBASS8bajRsH+/eVmCSJETVb3nlDBNwZYlZcXhc6tP9MWT7vYCB6h&#10;kGsFbYxDLmUwLTodZn5A4uzTj05HlmMj7ajPPO56mSZJJp3uiB9aPeC6RfO1OzoF233lzEd9qF7X&#10;aKrp+W3h63Gj1PXV9PQIIuIU/8rwi8/oUDJT7Y9kg+gV3N7NualgkYLgOHvIQNRsp/cgy0L+xy9/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABLraxncAAAABgEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00B75BEE">
               <w:t>Si</w:t>
             </w:r>
             <w:r w:rsidR="00A2485E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4273740F" w14:textId="77777777" w:rsidR="00A2485E" w:rsidRDefault="00A2485E" w:rsidP="000574D5">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2891E002" w14:textId="3E114C17" w:rsidR="00A2485E" w:rsidRDefault="00A2485E" w:rsidP="000574D5">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1971,51 +1971,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="4ACF33B9" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.35pt;margin-top:2.1pt;width:17.25pt;height:14.25pt;z-index:-251405312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQAbrypo3AAAAAUBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNMQtSjEqVARP6dILeXAzbGXJCJeR7bbhrdn&#10;OcFpNJrRzFdtZjeKE4Y4eFKwXGQgkIy3A3UKDm9PN3cgYtJk9egJFXxjhE19eVHp0voz7fC0T53g&#10;EYqlVtCnNJVSRtOj03HhJyTOPn1wOrENnbRBn3ncjTLPspV0eiB+6PWE2x7N1/7oFOwOjTMf7Xvz&#10;vEXTzI8vhW/Dq1LXV/PDPYiEc/orwy8+o0PNTK0/ko1iVLBac1FBkYPgtFiytgpu8zXIupL/6esf&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABuvKmjcAAAABQEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00B75BEE">
               <w:t>No</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71419B32" w14:textId="77777777" w:rsidR="00D4569D" w:rsidRDefault="00D4569D" w:rsidP="000574D5">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="711914FC" w14:textId="77777777" w:rsidR="00D4569D" w:rsidRDefault="00D4569D" w:rsidP="000574D5">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>____________________</w:t>
             </w:r>
           </w:p>
@@ -3055,51 +3055,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="4BAD573C" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.2pt;margin-top:-.95pt;width:17.25pt;height:14.25pt;z-index:-251496448;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQDxvL1M3QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcWqdViCDEqVARP6dILeXAzbGXJCJeR7bbhrdn&#10;OcFptDOj2a/azG4UJwxx8KRgtcxAIBlvB+oUHN6eFrcgYtJk9egJFXxjhE19eVHp0voz7fC0T53g&#10;EYqlVtCnNJVSRtOj03HpJyTOPn1wOvEZOmmDPvO4G+U6ywrp9ED8odcTbns0X/ujU7A7NM58tO/N&#10;8xZNMz++5L4Nr0pdX80P9yASzumvDL/4jA41M7X+SDaKUcE6y7mpYLG6A8H5Tc7asl8UIOtK/uev&#10;fwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDxvL1M3QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D3F" w14:paraId="5EB24B58" w14:textId="77777777" w:rsidTr="00D4569D">
         <w:trPr>
           <w:trHeight w:val="163"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08D29309" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00532956" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -3159,51 +3159,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="10B2D837" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:80.65pt;margin-top:44.55pt;width:45.75pt;height:33pt;z-index:-251490304;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsCaIvbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7aDZGuDOkXQosOA&#10;oi3aDj0rshQbkEWNUuJkTz9KdpysK3YYdpFJk/z4z8urXWvYVqFvwJa8OMs5U1ZC1dh1yb+/3H46&#10;58wHYSthwKqS75XnV4uPHy47N1cTqMFUChmBWD/vXMnrENw8y7ysVSv8GThlSagBWxGIxXVWoegI&#10;vTXZJM8/Zx1g5RCk8p7+3vRCvkj4WisZHrT2KjBTcootpBfTu4pvtrgU8zUKVzdyCEP8QxStaCw5&#10;HaFuRBBsg80fUG0jETzocCahzUDrRqqUA2VT5G+yea6FUykXKo53Y5n8/4OV99tn94hUhs75uScy&#10;ZrHT2MYvxcd2qVj7sVhqF5ikn7PzIp/MOJMkmhYXRZ6KmR2NHfrwVUHLIlFypF6kEontnQ/kkFQP&#10;KtGXB9NUt40xiYn9V9cG2VZQ51brInaKLE60smPEiQp7o6KtsU9Ks6aiGCfJYRqmI5iQUtlQ9KJa&#10;VKr3UczyMYXRIvlMgBFZU3Qj9gDwe6AH7D7YQT+aqjSLo3H+t8B649EieQYbRuO2sYDvARjKavDc&#10;61P4J6WJ5Aqq/SMyhH4TvJO3DbXnTvjwKJBGn5aE1jk80KMNdCWHgeKsBvz53v+oTxNJUs46WqWS&#10;+x8bgYoz883SrF4U02ncvcRMZ18mxOCpZHUqsZv2GqjnBR0OJxMZ9YM5kBqhfaWtX0avJBJWku+S&#10;y4AH5jr0K053Q6rlMqnRvjkR7uyzkxE8VjWO38vuVaAbZjTQcN/DYe3E/M2o9rrR0sJyE0A3aY6P&#10;dR3qTbuaBme4K/EYnPJJ63j9Fr8AAAD//wMAUEsDBBQABgAIAAAAIQBTKRvs3wAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJNAqhLiVKiIn1OklnLg5sRLEhGvI9ttw9uz&#10;nMpxNKOZb8r1bEdxRB8GRwrSRQICqXVmoE7B/v35ZgUiRE1Gj45QwQ8GWFeXF6UujDvRFo+72Aku&#10;oVBoBX2MUyFlaHu0OizchMTel/NWR5a+k8brE5fbUWZJspRWD8QLvZ5w02P7vTtYBdt9bdvP5qN+&#10;2WBbz0+vd67xb0pdX82PDyAizvEchj98RoeKmRp3IBPEyHqZ3nJUweo+BcGBLM/4S8NOnqcgq1L+&#10;v1D9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACwJoi9uAgAARQUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFMpG+zfAAAACgEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00B8580B">
               <w:t>Società precedentemente costituita e con attività agricola già avviata</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="115F63DD" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00B8580B" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -3264,51 +3264,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="5D1AF9CE" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.8pt;margin-top:14.9pt;width:17.25pt;height:14.25pt;z-index:-251495424;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQDIrRsO3QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNMWqhLiVKgIyilSSzlwc+wliYjXke224e+7&#10;PcFptJrR7JtiNbpeHDHEzpOC6SQDgWS87ahRsP94vVuCiEmT1b0nVPCLEVbl9VWhc+tPtMXjLjWC&#10;SyjmWkGb0pBLGU2LTseJH5DY+/bB6cRnaKQN+sTlrpezLFtIpzviD60ecN2i+dkdnILtvnLmq/6s&#10;3tZoqvFlc+/r8K7U7c34/AQi4Zj+wnDBZ3Qoman2B7JR9Apm8wUnWR95AfsPyymI+qJzkGUh//OX&#10;ZwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDIrRsO3QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="1386D37B" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00B8580B" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2">
             <w:r w:rsidRPr="00B8580B">
               <w:t>Società Semplice</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>S.s</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
@@ -3400,51 +3400,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="042CA9C9" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.35pt;margin-top:.1pt;width:17.25pt;height:14.25pt;z-index:-251494400;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCNKS9X2gAAAAUBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqEMEpErjVKiIn1OklnLozbGXJCJeR7bbhrdn&#10;OcFpNJrRzFetZzeKE4Y4eFJwu8hAIBlvB+oU7N+fb5YgYtJk9egJFXxjhHV9eVHp0vozbfG0S53g&#10;EYqlVtCnNJVSRtOj03HhJyTOPn1wOrENnbRBn3ncjTLPsgfp9ED80OsJNz2ar93RKdjuG2cO7Ufz&#10;skHTzE+vd74Nb0pdX82PKxAJ5/RXhl98RoeamVp/JBvFqCDPC26yguD0vmBt2S0LkHUl/9PXPwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCNKS9X2gAAAAUBAAAPAAAAAAAAAAAAAAAA&#10;AMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzwUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D3F" w14:paraId="7A7B8C8E" w14:textId="77777777" w:rsidTr="00D4569D">
         <w:trPr>
           <w:trHeight w:val="973"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0907291F" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00B8580B" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3512,51 +3512,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="74639098" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11pt;margin-top:4.3pt;width:17.25pt;height:14.25pt;z-index:-251493376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQA9rXb13gAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNNAQ5VmU6Eifk6RWsqhN8dekoh4HcVuG94e&#10;cyrH0YxmvinWk+3FiUbfOUaYzxIQxNqZjhuE/cfL3RKED4qN6h0Twg95WJfXV4XKjTvzlk670IhY&#10;wj5XCG0IQy6l1y1Z5WduII7elxutClGOjTSjOsdy28s0STJpVcdxoVUDbVrS37ujRdjuK6sP9Wf1&#10;uiFdTc9vD64e3xFvb6anFYhAU7iE4Q8/okMZmWp3ZONFj5Cm8UpAWGYgor3IFiBqhPvHOciykP/x&#10;y18AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPa129d4AAAAGAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D3F" w14:paraId="05D6AD29" w14:textId="77777777" w:rsidTr="00D4569D">
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70CC0A9C" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00B8580B" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3632,51 +3632,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="32720377" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.35pt;margin-top:-.45pt;width:17.25pt;height:14.25pt;z-index:-251492352;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCbrtGn2wAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7LTsMwEEX3SPyDNUjsWocIGghxKlTEYxWppSzYOfaQRMTjyHbb8PcM&#10;K1jeh+491Xp2ozhiiIMnBVfLDASS8XagTsH+7WlxCyImTVaPnlDBN0ZY1+dnlS6tP9EWj7vUCR6h&#10;WGoFfUpTKWU0PTodl35C4uzTB6cTy9BJG/SJx90o8yxbSacH4odeT7jp0XztDk7Bdt8489G+N88b&#10;NM38+HLt2/Cq1OXF/HAPIuGc/srwi8/oUDNT6w9koxgV5HnBTQWLOxAc3xQ5iJbtYgWyruR//PoH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAm67Rp9sAAAAGAQAADwAAAAAAAAAAAAAA&#10;AADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D3F" w14:paraId="55A2C605" w14:textId="77777777" w:rsidTr="00D4569D">
         <w:trPr>
           <w:trHeight w:val="989"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17BDC42E" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00B8580B" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3741,51 +3741,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="021AF6A3" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.35pt;margin-top:3.35pt;width:17.25pt;height:14.25pt;z-index:-251491328;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCRJT7o3QAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI5LT8MwEITvSPwHa5G4UQdDHwpxKlTE4xSppRx6c+wliYjXUey24d+z&#10;nOA0Gs1o5ivWk+/FCcfYBdJwO8tAINngOmo07N+fb1YgYjLkTB8INXxjhHV5eVGY3IUzbfG0S43g&#10;EYq50dCmNORSRtuiN3EWBiTOPsPoTWI7NtKN5szjvpcqyxbSm474oTUDblq0X7uj17DdV94e6o/q&#10;ZYO2mp5e70M9vml9fTU9PoBIOKW/MvziMzqUzFSHI7koeg1KLbmpYcHC8XypQNQa7uYKZFnI//jl&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCRJT7o3QAAAAYBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t xml:space="preserve">Società a responsabilità limitata (S.r.l.) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D3F" w14:paraId="50108778" w14:textId="77777777" w:rsidTr="00D4569D">
         <w:trPr>
           <w:trHeight w:val="989"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60938D59" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00B8580B" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2"/>
@@ -3858,51 +3858,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="18DFD7E4" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.35pt;margin-top:3.35pt;width:17.25pt;height:14.25pt;z-index:-251487232;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCRJT7o3QAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI5LT8MwEITvSPwHa5G4UQdDHwpxKlTE4xSppRx6c+wliYjXUey24d+z&#10;nOA0Gs1o5ivWk+/FCcfYBdJwO8tAINngOmo07N+fb1YgYjLkTB8INXxjhHV5eVGY3IUzbfG0S43g&#10;EYq50dCmNORSRtuiN3EWBiTOPsPoTWI7NtKN5szjvpcqyxbSm474oTUDblq0X7uj17DdV94e6o/q&#10;ZYO2mp5e70M9vml9fTU9PoBIOKW/MvziMzqUzFSHI7koeg1KLbmpYcHC8XypQNQa7uYKZFnI//jl&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCRJT7o3QAAAAYBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t xml:space="preserve">Società </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">semplificata </w:t>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t>a responsabilità limitata (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0043776F">
               <w:t>S.</w:t>
             </w:r>
             <w:r>
               <w:t>s.</w:t>
             </w:r>
             <w:r w:rsidRPr="0043776F">
@@ -3990,51 +3990,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="12E9615A" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.35pt;margin-top:13.7pt;width:17.25pt;height:14.25pt;z-index:-251489280;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCF/Onp3AAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqEPUEghxKlTEzylSSzlwc+wliYjXke224e1Z&#10;TnAajWY081Xr2Y3iiCEOnhRcLzIQSMbbgToF+7enq1sQMWmyevSECr4xwro+P6t0af2JtnjcpU7w&#10;CMVSK+hTmkopo+nR6bjwExJnnz44ndiGTtqgTzzuRpln2Y10eiB+6PWEmx7N1+7gFGz3jTMf7Xvz&#10;vEHTzI8vS9+GV6UuL+aHexAJ5/RXhl98RoeamVp/IBvFqCDPC26yFksQnK+KHETLuroDWVfyP3/9&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIX86encAAAABwEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t>Società unipersonale a</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t>responsabilità limitata (S.r.l.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t>unipersonale)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4114,51 +4114,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="2EC92961" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:12.85pt;margin-top:1.85pt;width:17.25pt;height:14.25pt;z-index:-251488256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCfUVEL2wAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqIOBgkKcChXxc4rUUg7cHHtJIuJ1ZLtteHuW&#10;E5xGoxnNfNVq9qM4YExDIA2XiwIEkg1uoE7D7u3p4g5EyoacGQOhhm9MsKpPTypTunCkDR62uRM8&#10;Qqk0Gvqcp1LKZHv0Ji3ChMTZZ4jeZLaxky6aI4/7UaqiWEpvBuKH3ky47tF+bfdew2bXePvRvjfP&#10;a7TN/PhyHdr4qvX52fxwDyLjnP/K8IvP6FAzUxv25JIYNaibW25quGLheFkoEC1bpUDWlfyPX/8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAn1FRC9sAAAAGAQAADwAAAAAAAAAAAAAA&#10;AADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t>Società in accomandita per azioni (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0043776F">
               <w:t>S.a.p.a</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0043776F">
               <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D3F" w14:paraId="0A9C6244" w14:textId="77777777" w:rsidTr="00D4569D">
         <w:trPr>
           <w:trHeight w:val="1113"/>
@@ -4240,51 +4240,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="0A37E5C4" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:13.25pt;margin-top:6.2pt;width:17.25pt;height:14.25pt;z-index:-251486208;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQC4Q9Px3QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNMoRJDGqVARP6dILeXQmxMvSUS8jmy3DW/P&#10;cqLH2RnNfFuuZzuKE/owOFKwXCQgkFpnBuoU7D9e7h5AhKjJ6NERKvjBAOvq+qrUhXFn2uJpFzvB&#10;JRQKraCPcSqkDG2PVoeFm5DY+3Le6sjSd9J4feZyO8o0SXJp9UC80OsJNz2237ujVbDd17Y9NJ/1&#10;6wbben5+y1zj35W6vZmfViAizvE/DH/4jA4VMzXuSCaIUUGa33OS72kGgv18ya81CrLkEWRVykv+&#10;6hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC4Q9Px3QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00BA10E2">
               <w:t>Societ</w:t>
             </w:r>
             <w:r>
               <w:t>à</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA10E2">
               <w:t xml:space="preserve"> Cooperativa Agricola </w:t>
             </w:r>
             <w:r>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA10E2">
               <w:t xml:space="preserve"> Responsabilità Limitata (Scarl)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4370,51 +4370,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="7AE71F94" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:78pt;margin-top:15pt;width:45.75pt;height:33pt;z-index:-251480064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsCaIvbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7aDZGuDOkXQosOA&#10;oi3aDj0rshQbkEWNUuJkTz9KdpysK3YYdpFJk/z4z8urXWvYVqFvwJa8OMs5U1ZC1dh1yb+/3H46&#10;58wHYSthwKqS75XnV4uPHy47N1cTqMFUChmBWD/vXMnrENw8y7ysVSv8GThlSagBWxGIxXVWoegI&#10;vTXZJM8/Zx1g5RCk8p7+3vRCvkj4WisZHrT2KjBTcootpBfTu4pvtrgU8zUKVzdyCEP8QxStaCw5&#10;HaFuRBBsg80fUG0jETzocCahzUDrRqqUA2VT5G+yea6FUykXKo53Y5n8/4OV99tn94hUhs75uScy&#10;ZrHT2MYvxcd2qVj7sVhqF5ikn7PzIp/MOJMkmhYXRZ6KmR2NHfrwVUHLIlFypF6kEontnQ/kkFQP&#10;KtGXB9NUt40xiYn9V9cG2VZQ51brInaKLE60smPEiQp7o6KtsU9Ks6aiGCfJYRqmI5iQUtlQ9KJa&#10;VKr3UczyMYXRIvlMgBFZU3Qj9gDwe6AH7D7YQT+aqjSLo3H+t8B649EieQYbRuO2sYDvARjKavDc&#10;61P4J6WJ5Aqq/SMyhH4TvJO3DbXnTvjwKJBGn5aE1jk80KMNdCWHgeKsBvz53v+oTxNJUs46WqWS&#10;+x8bgYoz883SrF4U02ncvcRMZ18mxOCpZHUqsZv2GqjnBR0OJxMZ9YM5kBqhfaWtX0avJBJWku+S&#10;y4AH5jr0K053Q6rlMqnRvjkR7uyzkxE8VjWO38vuVaAbZjTQcN/DYe3E/M2o9rrR0sJyE0A3aY6P&#10;dR3qTbuaBme4K/EYnPJJ63j9Fr8AAAD//wMAUEsDBBQABgAIAAAAIQBCLEpz3wAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqENpSwlxKlQE9BSppT1wc+wliYjXke224e9Z&#10;TnBajWY0+6ZYja4XJwyx86TgdpKBQDLedtQo2L+/3CxBxKTJ6t4TKvjGCKvy8qLQufVn2uJplxrB&#10;JRRzraBNaciljKZFp+PED0jsffrgdGIZGmmDPnO56+U0yxbS6Y74Q6sHXLdovnZHp2C7r5z5qA/V&#10;6xpNNT6/zXwdNkpdX41PjyASjukvDL/4jA4lM9X+SDaKnvV8wVuSgruMLwems/s5iFrBAxuyLOT/&#10;BeUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACwJoi9uAgAARQUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEIsSnPfAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13BC961C" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00B8580B" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6715">
               <w:rPr>
@@ -4472,51 +4472,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="0992F764" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.8pt;margin-top:14.9pt;width:17.25pt;height:14.25pt;z-index:-251485184;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQDIrRsO3QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNMWqhLiVKgIyilSSzlwc+wliYjXke224e+7&#10;PcFptJrR7JtiNbpeHDHEzpOC6SQDgWS87ahRsP94vVuCiEmT1b0nVPCLEVbl9VWhc+tPtMXjLjWC&#10;SyjmWkGb0pBLGU2LTseJH5DY+/bB6cRnaKQN+sTlrpezLFtIpzviD60ecN2i+dkdnILtvnLmq/6s&#10;3tZoqvFlc+/r8K7U7c34/AQi4Zj+wnDBZ3Qoman2B7JR9Apm8wUnWR95AfsPyymI+qJzkGUh//OX&#10;ZwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDIrRsO3QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="44D7793A" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00B8580B" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2">
             <w:r w:rsidRPr="00B8580B">
               <w:t>Società Semplice</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>S.s</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
@@ -4612,51 +4612,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="49DD5138" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.35pt;margin-top:.1pt;width:17.25pt;height:14.25pt;z-index:-251484160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCNKS9X2gAAAAUBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqEMEpErjVKiIn1OklnLozbGXJCJeR7bbhrdn&#10;OcFpNJrRzFetZzeKE4Y4eFJwu8hAIBlvB+oU7N+fb5YgYtJk9egJFXxjhHV9eVHp0vozbfG0S53g&#10;EYqlVtCnNJVSRtOj03HhJyTOPn1wOrENnbRBn3ncjTLPsgfp9ED80OsJNz2ar93RKdjuG2cO7Ufz&#10;skHTzE+vd74Nb0pdX82PKxAJ5/RXhl98RoeamVp/JBvFqCDPC26yguD0vmBt2S0LkHUl/9PXPwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCNKS9X2gAAAAUBAAAPAAAAAAAAAAAAAAAA&#10;AMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzwUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D3F" w14:paraId="1CCD059A" w14:textId="77777777" w:rsidTr="00D4569D">
         <w:trPr>
           <w:trHeight w:val="1113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A68CFF0" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00B8580B" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4729,51 +4729,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="1F59F6E2" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11pt;margin-top:4.3pt;width:17.25pt;height:14.25pt;z-index:-251483136;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQA9rXb13gAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNNAQ5VmU6Eifk6RWsqhN8dekoh4HcVuG94e&#10;cyrH0YxmvinWk+3FiUbfOUaYzxIQxNqZjhuE/cfL3RKED4qN6h0Twg95WJfXV4XKjTvzlk670IhY&#10;wj5XCG0IQy6l1y1Z5WduII7elxutClGOjTSjOsdy28s0STJpVcdxoVUDbVrS37ujRdjuK6sP9Wf1&#10;uiFdTc9vD64e3xFvb6anFYhAU7iE4Q8/okMZmWp3ZONFj5Cm8UpAWGYgor3IFiBqhPvHOciykP/x&#10;y18AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPa129d4AAAAGAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D3F" w14:paraId="5F76A7B7" w14:textId="77777777" w:rsidTr="00D4569D">
         <w:trPr>
           <w:trHeight w:val="1113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="005C95A7" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00B8580B" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4854,51 +4854,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="492B5F07" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.35pt;margin-top:-.45pt;width:17.25pt;height:14.25pt;z-index:-251482112;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCbrtGn2wAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7LTsMwEEX3SPyDNUjsWocIGghxKlTEYxWppSzYOfaQRMTjyHbb8PcM&#10;K1jeh+491Xp2ozhiiIMnBVfLDASS8XagTsH+7WlxCyImTVaPnlDBN0ZY1+dnlS6tP9EWj7vUCR6h&#10;WGoFfUpTKWU0PTodl35C4uzTB6cTy9BJG/SJx90o8yxbSacH4odeT7jp0XztDk7Bdt8489G+N88b&#10;NM38+HLt2/Cq1OXF/HAPIuGc/srwi8/oUDNT6w9koxgV5HnBTQWLOxAc3xQ5iJbtYgWyruR//PoH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAm67Rp9sAAAAGAQAADwAAAAAAAAAAAAAA&#10;AADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D3F" w14:paraId="76742074" w14:textId="77777777" w:rsidTr="00D4569D">
         <w:trPr>
           <w:trHeight w:val="1113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="660D0C97" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00B8580B" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4968,51 +4968,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="1DD2EA7F" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.35pt;margin-top:3.35pt;width:17.25pt;height:14.25pt;z-index:-251481088;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCRJT7o3QAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI5LT8MwEITvSPwHa5G4UQdDHwpxKlTE4xSppRx6c+wliYjXUey24d+z&#10;nOA0Gs1o5ivWk+/FCcfYBdJwO8tAINngOmo07N+fb1YgYjLkTB8INXxjhHV5eVGY3IUzbfG0S43g&#10;EYq50dCmNORSRtuiN3EWBiTOPsPoTWI7NtKN5szjvpcqyxbSm474oTUDblq0X7uj17DdV94e6o/q&#10;ZYO2mp5e70M9vml9fTU9PoBIOKW/MvziMzqUzFSHI7koeg1KLbmpYcHC8XypQNQa7uYKZFnI//jl&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCRJT7o3QAAAAYBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t xml:space="preserve">Società a responsabilità limitata (S.r.l.) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D3F" w14:paraId="21B2B7DE" w14:textId="77777777" w:rsidTr="00D4569D">
         <w:trPr>
           <w:trHeight w:val="1113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="600E0C02" w14:textId="77777777" w:rsidR="00BB7D3F" w:rsidRPr="00B8580B" w:rsidRDefault="00BB7D3F" w:rsidP="008366F2"/>
@@ -5085,51 +5085,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="2F4C4016" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.35pt;margin-top:3.35pt;width:17.25pt;height:14.25pt;z-index:-251476992;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCRJT7o3QAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI5LT8MwEITvSPwHa5G4UQdDHwpxKlTE4xSppRx6c+wliYjXUey24d+z&#10;nOA0Gs1o5ivWk+/FCcfYBdJwO8tAINngOmo07N+fb1YgYjLkTB8INXxjhHV5eVGY3IUzbfG0S43g&#10;EYq50dCmNORSRtuiN3EWBiTOPsPoTWI7NtKN5szjvpcqyxbSm474oTUDblq0X7uj17DdV94e6o/q&#10;ZYO2mp5e70M9vml9fTU9PoBIOKW/MvziMzqUzFSHI7koeg1KLbmpYcHC8XypQNQa7uYKZFnI//jl&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCRJT7o3QAAAAYBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t xml:space="preserve">Società </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">semplificata </w:t>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t>a responsabilità limitata (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0043776F">
               <w:t>S.</w:t>
             </w:r>
             <w:r>
               <w:t>s.</w:t>
             </w:r>
             <w:r w:rsidRPr="0043776F">
@@ -5222,51 +5222,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="4614EF44" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.35pt;margin-top:13.7pt;width:17.25pt;height:14.25pt;z-index:-251479040;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCF/Onp3AAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqEPUEghxKlTEzylSSzlwc+wliYjXke224e1Z&#10;TnAajWY081Xr2Y3iiCEOnhRcLzIQSMbbgToF+7enq1sQMWmyevSECr4xwro+P6t0af2JtnjcpU7w&#10;CMVSK+hTmkopo+nR6bjwExJnnz44ndiGTtqgTzzuRpln2Y10eiB+6PWEmx7N1+7gFGz3jTMf7Xvz&#10;vEHTzI8vS9+GV6UuL+aHexAJ5/RXhl98RoeamVp/IBvFqCDPC26yFksQnK+KHETLuroDWVfyP3/9&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIX86encAAAABwEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t>Società unipersonale a</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t>responsabilità limitata (S.r.l.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t>unipersonale)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5351,51 +5351,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="3E4FBE6D" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:9.5pt;margin-top:8.55pt;width:17.25pt;height:14.25pt;z-index:-251478016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQDvFUI53QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqFNoCoQ4FSoCeorUUg7cHHtJIuJ1ZLtt+HuW&#10;E5xGo1nNvC1XkxvEEUPsPSmYzzIQSMbbnloF+7fnqzsQMWmyevCECr4xwqo6Pyt1Yf2JtnjcpVZw&#10;CcVCK+hSGgspo+nQ6TjzIxJnnz44ndiGVtqgT1zuBnmdZUvpdE+80OkR1x2ar93BKdjua2c+mvf6&#10;ZY2mnp5eF74JG6UuL6bHBxAJp/R3DL/4jA4VMzX+QDaKgf09v5JYb+cgOM9vchCNgkW+BFmV8j9/&#10;9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDvFUI53QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="0043776F">
               <w:t>Società in accomandita per azioni (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0043776F">
               <w:t>S.a.p.a</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0043776F">
               <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D3F" w14:paraId="15A01ABD" w14:textId="77777777" w:rsidTr="00D4569D">
         <w:trPr>
           <w:trHeight w:val="1113"/>
@@ -5476,51 +5476,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="393182A8" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.35pt;margin-top:6.35pt;width:17.25pt;height:14.25pt;z-index:-251475968;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQAVgrvu3QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqFOrUBTiVKiIn1OklvbQm2MvSUS8jmK3DW/P&#10;9gSn0c6MZr9iNflenHCMXSAN81kGAskG11GjYff5evcIIiZDzvSBUMMPRliV11eFyV040wZP29QI&#10;HqGYGw1tSkMuZbQtehNnYUDi7CuM3iQ+x0a60Zx53PdSZdmD9KYj/tCaAdct2u/t0WvY7CpvD/W+&#10;elujraaX90Woxw+tb2+m5ycQCaf0V4YLPqNDyUx1OJKLoteg1JKb7F+U8/ulAlFrWMwVyLKQ//nL&#10;XwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAVgrvu3QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00BA10E2">
               <w:t>Societ</w:t>
             </w:r>
             <w:r>
               <w:t>à</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA10E2">
               <w:t xml:space="preserve"> Cooperativa Agricola </w:t>
             </w:r>
             <w:r>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA10E2">
               <w:t xml:space="preserve"> Responsabilità Limitata (Scarl)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5678,51 +5678,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="247B210C" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.05pt;margin-top:2.1pt;width:17.25pt;height:14.25pt;z-index:-251457536;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQDLcqsc3AAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI5NT8MwEETvSPwHa5G4UachFBSyqVARH6dILeXAzbGXJCJeR7bbhn+P&#10;OcFxNKM3r1rPdhRH8mFwjLBcZCCItTMDdwj7t6erOxAhKjZqdEwI3xRgXZ+fVao07sRbOu5iJxKE&#10;Q6kQ+hinUsqge7IqLNxEnLpP562KKfpOGq9OCW5HmWfZSlo1cHro1USbnvTX7mARtvvG6o/2vXne&#10;kG7mx5fCtf4V8fJifrgHEWmOf2P41U/qUCen1h3YBDEi5NkyLRGKHESqb4oViBbhOr8FWVfyv379&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMtyqxzcAAAABgEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00B75BEE">
               <w:t>Si</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="489EB279" w14:textId="77777777" w:rsidR="004A27E7" w:rsidRPr="00B75BEE" w:rsidRDefault="004A27E7" w:rsidP="00D210A1">
             <w:pPr>
@@ -5784,51 +5784,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="2481B1BB" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.35pt;margin-top:4.35pt;width:17.25pt;height:14.25pt;z-index:-251456512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBtX95y3AAAAAUBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNNQtVXIpkJF/JwitZQDN8dekoh4HdluG94e&#10;cyqn0WhGM1+5mewgTuRD7xhhPstAEGtnem4RDu/Pd2sQISo2anBMCD8UYFNdX5WqMO7MOzrtYyvS&#10;CIdCIXQxjoWUQXdkVZi5kThlX85bFZP1rTRendO4HWSeZUtpVc/poVMjbTvS3/ujRdgdaqs/m4/6&#10;ZUu6np5eF67xb4i3N9PjA4hIU7yU4Q8/oUOVmBp3ZBPEgLBcpSLCOklKF/McRINwv8pBVqX8T1/9&#10;AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG1f3nLcAAAABQEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00B75BEE">
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A27E7" w14:paraId="1E08006D" w14:textId="77777777" w:rsidTr="002052D6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
@@ -5955,51 +5955,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="6146EBD4" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.05pt;margin-top:2.1pt;width:17.25pt;height:14.25pt;z-index:-251455488;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQDLcqsc3AAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI5NT8MwEETvSPwHa5G4UachFBSyqVARH6dILeXAzbGXJCJeR7bbhn+P&#10;OcFxNKM3r1rPdhRH8mFwjLBcZCCItTMDdwj7t6erOxAhKjZqdEwI3xRgXZ+fVao07sRbOu5iJxKE&#10;Q6kQ+hinUsqge7IqLNxEnLpP562KKfpOGq9OCW5HmWfZSlo1cHro1USbnvTX7mARtvvG6o/2vXne&#10;kG7mx5fCtf4V8fJifrgHEWmOf2P41U/qUCen1h3YBDEi5NkyLRGKHESqb4oViBbhOr8FWVfyv379&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMtyqxzcAAAABgEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00B75BEE">
               <w:t>Si</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="67DCD5EE" w14:textId="77777777" w:rsidR="004A27E7" w:rsidRPr="00B75BEE" w:rsidRDefault="004A27E7" w:rsidP="00D210A1">
             <w:pPr>
@@ -6064,51 +6064,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="7FCDB30C" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.35pt;margin-top:4.35pt;width:17.25pt;height:14.25pt;z-index:-251454464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBtX95y3AAAAAUBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNNQtVXIpkJF/JwitZQDN8dekoh4HdluG94e&#10;cyqn0WhGM1+5mewgTuRD7xhhPstAEGtnem4RDu/Pd2sQISo2anBMCD8UYFNdX5WqMO7MOzrtYyvS&#10;CIdCIXQxjoWUQXdkVZi5kThlX85bFZP1rTRendO4HWSeZUtpVc/poVMjbTvS3/ujRdgdaqs/m4/6&#10;ZUu6np5eF67xb4i3N9PjA4hIU7yU4Q8/oUOVmBp3ZBPEgLBcpSLCOklKF/McRINwv8pBVqX8T1/9&#10;AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG1f3nLcAAAABQEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00B75BEE">
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D4569D" w14:paraId="0B53D52B" w14:textId="77777777" w:rsidTr="00D4569D">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="153" w:type="dxa"/>
           <w:trHeight w:val="538"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7933" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
@@ -6649,51 +6649,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="748009A7" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.75pt;margin-top:-25.9pt;width:17.25pt;height:14.25pt;z-index:-251446272;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBFX6DP4AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjctrQdm6A0ndAQH6dKG+PALU1MW9E4VZNt5d/j&#10;ncbR9qPXz1usJ9eLI46h86QgnScgkIy3HTUK9h8vs3sQIWqyuveECn4xwLq8vip0bv2JtnjcxUZw&#10;CIVcK2hjHHIpg2nR6TD3AxLfvv3odORxbKQd9YnDXS+zJFlJpzviD60ecNOi+dkdnILtvnLmq/6s&#10;Xjdoqun57c7X47tStzfT0yOIiFO8wHDWZ3Uo2an2B7JB9Aoe0iWTCmbLlCucgWzF5WreZIsFyLKQ&#10;/yuUfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBFX6DP4AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="729A1A25" w14:textId="02ECC51A" w:rsidR="002C661F" w:rsidRPr="00DF6715" w:rsidRDefault="002C661F" w:rsidP="002C661F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -6790,51 +6790,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="2766496A" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.25pt;margin-top:-26.55pt;width:17.25pt;height:14.25pt;z-index:-251448320;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCBUylA4AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjctnRlnaA0ndAQH6dKG+PALU1MW9E4VZNt5d/j&#10;ncbR9qPXz1usJ9eLI46h86RgMU9AIBlvO2oU7D9eZvcgQtRkde8JFfxigHV5fVXo3PoTbfG4i43g&#10;EAq5VtDGOORSBtOi02HuByS+ffvR6cjj2Eg76hOHu16mSbKSTnfEH1o94KZF87M7OAXbfeXMV/1Z&#10;vW7QVNPz29LX47tStzfT0yOIiFO8wHDWZ3Uo2an2B7JB9AoekoxJBbPsbgHiDKQZl6t5ky5XIMtC&#10;/q9Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCBUylA4AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="570ADC3E" w14:textId="61E0F5B2" w:rsidR="002C661F" w:rsidRPr="00DF6715" w:rsidRDefault="002C661F" w:rsidP="002C661F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -6931,51 +6931,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="5BF150B9" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.75pt;margin-top:-24.75pt;width:17.25pt;height:14.25pt;z-index:-251447296;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCBstVt4AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWidRqWiIU6Eifk6RWsqBm2MvSUS8jmK3DW/f&#10;7ancdndGs98U68n14ohj6DwpSOcJCCTjbUeNgv3n6+wRRIiarO49oYI/DLAub28KnVt/oi0ed7ER&#10;HEIh1wraGIdcymBadDrM/YDE2o8fnY68jo20oz5xuOtlliRL6XRH/KHVA25aNL+7g1Ow3VfOfNdf&#10;1dsGTTW9vC98PX4odX83PT+BiDjFqxku+IwOJTPV/kA2iF7BKn1gp4LZYsXDxZAtuVzNlyxNQJaF&#10;/F+hPAMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCBstVt4AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D509BDC" w14:textId="55A98AEE" w:rsidR="002C661F" w:rsidRPr="00DF6715" w:rsidRDefault="002C661F" w:rsidP="002C661F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -7072,51 +7072,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="6B6D5DE8" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.75pt;margin-top:7.9pt;width:17.25pt;height:14.25pt;z-index:-251445248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQAt0/EM3gAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNOSVhDiVKiIn1OklnLg5thLEhGvI9ttw9uz&#10;PcFxZ0az85XryQ3iiCH2nhTMZxkIJONtT62C/fvzzR2ImDRZPXhCBT8YYV1dXpS6sP5EWzzuUiu4&#10;hGKhFXQpjYWU0XTodJz5EYm9Lx+cTnyGVtqgT1zuBrnIspV0uif+0OkRNx2a793BKdjua2c+m4/6&#10;ZYOmnp5ec9+EN6Wur6bHBxAJp/QXhvN8ng4Vb2r8gWwUg4L7+ZKTrC+Z4OwvVszWKMjzW5BVKf8D&#10;VL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALdPxDN4AAAAIAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13D58748" w14:textId="429E0D4C" w:rsidR="002C661F" w:rsidRPr="00DF6715" w:rsidRDefault="002C661F" w:rsidP="002C661F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -7676,51 +7676,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="6079FB82" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:9.05pt;margin-top:-36.2pt;width:17.25pt;height:14.25pt;z-index:-251452416;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQDA/JRX3wAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuW7pSxihNJzQE7FRpYxy4pYlpKxqnarKtvD3m&#10;BMff/vT7c7GeXC9OOIbOk4LFPAGBZLztqFFweHuerUCEqMnq3hMq+MYA6/LyotC59Wfa4WkfG8El&#10;FHKtoI1xyKUMpkWnw9wPSLz79KPTkePYSDvqM5e7XqZJspROd8QXWj3gpkXztT86BbtD5cxH/V69&#10;bNBU09Nr5utxq9T11fT4ACLiFP9g+NVndSjZqfZHskH0nFcLJhXM7tIMBAO36RJEzYPs5h5kWcj/&#10;H5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMD8lFffAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:t>Si</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="085129E3" w14:textId="77777777" w:rsidR="001D323D" w:rsidRPr="00DF6715" w:rsidRDefault="001D323D" w:rsidP="00D210A1">
             <w:r w:rsidRPr="00DF6715">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
@@ -7774,51 +7774,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="6C08A7E0" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:5.4pt;margin-top:-60.95pt;width:17.25pt;height:14.25pt;z-index:-251451392;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBccuSE4AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWidtQDTEqVAR0FOklnLg5thLEhGvo9htw993&#10;OcFxdkYzb4v15HpxwjF0nhSk8wQEkvG2o0bB4f1l9gAiRE1W955QwQ8GWJfXV4XOrT/TDk/72Agu&#10;oZBrBW2MQy5lMC06HeZ+QGLvy49OR5ZjI+2oz1zuerlIknvpdEe80OoBNy2a7/3RKdgdKmc+64/q&#10;dYOmmp7fMl+PW6Vub6anRxARp/gXhl98RoeSmWp/JBtEzzph8qhgli7SFQhOZHdLEDVfVssMZFnI&#10;/y+UFwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBccuSE4AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E41E3B5" w14:textId="77777777" w:rsidR="009E4B2C" w:rsidRDefault="009E4B2C" w:rsidP="00E9748A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14921780" w14:textId="40042CA4" w:rsidR="00060203" w:rsidRDefault="00C33F4B" w:rsidP="00E9748A">
@@ -8143,51 +8143,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="15E2E1C6" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:3.85pt;margin-top:8.05pt;width:17.25pt;height:14.25pt;z-index:-251443200;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQA8KqMD3AAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NasMwEITvhb6D2EJvjRxjnOJYDiWlPydD0vTQmyxtbFNrZSwlcd++&#10;21NzGnZmmP3KzewGccYp9J4ULBcJCCTjbU+tgsPHy8MjiBA1WT14QgU/GGBT3d6UurD+Qjs872Mr&#10;eIRCoRV0MY6FlMF06HRY+BGJs6OfnI58Tq20k77wuBtkmiS5dLon/tDpEbcdmu/9ySnYHWpnvprP&#10;+nWLpp6f3zLfTO9K3d/NT2sQEef4X4Y/fEaHipkafyIbxKBgteIi2/kSBMdZmoJoWLMcZFXKa/zq&#10;FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADwqowPcAAAABgEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF6715">
               <w:t>Specificare</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> data di acquisizione e istituto che lo ha rilasciato</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49ADCD60" w14:textId="77777777" w:rsidR="00607D62" w:rsidRDefault="00607D62" w:rsidP="00DF6715"/>
           <w:p w14:paraId="2A1DBC60" w14:textId="00D7150D" w:rsidR="00607D62" w:rsidRPr="00DF6715" w:rsidRDefault="00607D62" w:rsidP="00DF6715">
             <w:r>
               <w:t>_____________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1518" w:type="dxa"/>
@@ -8196,62 +8196,80 @@
           <w:p w14:paraId="26040826" w14:textId="484A42E8" w:rsidR="00607D62" w:rsidRPr="00DF6715" w:rsidRDefault="00607D62" w:rsidP="00607D62">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00607D62" w14:paraId="6FAE2591" w14:textId="03B9718D" w:rsidTr="00607D62">
         <w:trPr>
           <w:trHeight w:val="1101"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44063519" w14:textId="58187A05" w:rsidR="00607D62" w:rsidRPr="00532956" w:rsidRDefault="00607D62" w:rsidP="008D2938">
+          <w:p w14:paraId="44063519" w14:textId="1398A667" w:rsidR="00607D62" w:rsidRPr="00532956" w:rsidRDefault="00607D62" w:rsidP="008D2938">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="00033DD1">
-              <w:t xml:space="preserve">itolo di scuola secondaria di secondo </w:t>
+              <w:t>itolo</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5FB2">
+              <w:t xml:space="preserve"> in campo agrario</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033DD1">
+              <w:t xml:space="preserve"> di scuola secondaria di secondo </w:t>
             </w:r>
             <w:r w:rsidRPr="000B39C2">
-              <w:t>grado a indirizzo agrario e attestato quadriennale di scuola professionale (Qualifica quadriennale I.A.R. compresa)</w:t>
+              <w:t xml:space="preserve">grado </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD5FB2">
+              <w:t xml:space="preserve">e </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B39C2">
+              <w:t xml:space="preserve">attestato </w:t>
+            </w:r>
+            <w:r w:rsidR="00F86669">
+              <w:t>triennale/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B39C2">
+              <w:t xml:space="preserve">quadriennale di scuola professionale </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5138" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63420919" w14:textId="36E6F1C1" w:rsidR="00607D62" w:rsidRDefault="00607D62" w:rsidP="0095024C">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00DF6715">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251874304" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E6D4BC9" wp14:editId="7BFEABC2">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>101600</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
@@ -8298,51 +8316,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="01C3BF0A" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:8pt;margin-top:4.2pt;width:17.25pt;height:14.25pt;z-index:-251442176;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBqOQdh3QAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqAO0URviVKiIn1OklnLozbGXJCJeR7bbhrdn&#10;OcFxNKOZb8r15AZxwhB7TwpuZxkIJONtT62C/fvzzRJETJqsHjyhgm+MsK4uL0pdWH+mLZ52qRVc&#10;QrHQCrqUxkLKaDp0Os78iMTepw9OJ5ahlTboM5e7Qd5lWS6d7okXOj3ipkPztTs6Bdt97cyh+ahf&#10;Nmjq6el17pvwptT11fT4ACLhlP7C8IvP6FAxU+OPZKMYWOd8JSlYzkGwvcgWIBoF9/kKZFXK//jV&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBqOQdh3QAAAAYBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF6715">
               <w:t>Specificare</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> data di acquisizione e istituto che lo ha rilasciato</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6715">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FD7BACA" w14:textId="77777777" w:rsidR="00607D62" w:rsidRDefault="00607D62" w:rsidP="00033DD1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -8481,51 +8499,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="397FD3FA" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:8pt;margin-top:4.2pt;width:17.25pt;height:14.25pt;z-index:-251440128;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBqOQdh3QAAAAYBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqAO0URviVKiIn1OklnLozbGXJCJeR7bbhrdn&#10;OcFxNKOZb8r15AZxwhB7TwpuZxkIJONtT62C/fvzzRJETJqsHjyhgm+MsK4uL0pdWH+mLZ52qRVc&#10;QrHQCrqUxkLKaDp0Os78iMTepw9OJ5ahlTboM5e7Qd5lWS6d7okXOj3ipkPztTs6Bdt97cyh+ahf&#10;Nmjq6el17pvwptT11fT4ACLhlP7C8IvP6FAxU+OPZKMYWOd8JSlYzkGwvcgWIBoF9/kKZFXK//jV&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBqOQdh3QAAAAYBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF6715">
               <w:t>Specificare</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> data di acquisizione e istituto che lo ha rilasciato</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6715">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="378C6E8F" w14:textId="77777777" w:rsidR="00607D62" w:rsidRDefault="00607D62" w:rsidP="0095024C">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
@@ -8575,51 +8593,58 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00607D62" w14:paraId="6144414C" w14:textId="4DCE6CF1" w:rsidTr="00607D62">
         <w:trPr>
           <w:trHeight w:val="1286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E32A825" w14:textId="27520AC5" w:rsidR="00607D62" w:rsidRDefault="00607D62" w:rsidP="008D2938">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00033DD1">
-              <w:t>Titolo di scuola secondaria di secondo grado, attestato triennale/quadriennale di scuola professionale non in campo agrario</w:t>
+              <w:t xml:space="preserve">Titolo di scuola secondaria di secondo grado, attestato triennale/quadriennale di scuola professionale </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD5FB2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>non in campo agrario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5138" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="716E62BC" w14:textId="77777777" w:rsidR="00607D62" w:rsidRDefault="00607D62" w:rsidP="0095024C"/>
           <w:p w14:paraId="32CECC1F" w14:textId="2D4E51F9" w:rsidR="00607D62" w:rsidRDefault="00607D62" w:rsidP="0095024C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6715">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251875328" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F2F1D9D" wp14:editId="036B0A69">
                       <wp:simplePos x="0" y="0"/>
@@ -8670,51 +8695,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="32F233E3" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:9.1pt;margin-top:6.45pt;width:17.25pt;height:14.25pt;z-index:-251441152;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBLy9wc3AAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNMoQAlxKlTEzylSSzlwc+wliYjXke224e1Z&#10;TnAajWY081Xr2Y3iiCEOnhQsFxkIJOPtQJ2C/dvT1QpETJqsHj2hgm+MsK7PzypdWn+iLR53qRM8&#10;QrHUCvqUplLKaHp0Oi78hMTZpw9OJ7ahkzboE4+7UeZZdiOdHogfej3hpkfztTs4Bdt948xH+948&#10;b9A08+NL4dvwqtTlxfxwDyLhnP7K8IvP6FAzU+sPZKMY2a9ybrLmdyA4v85vQbQKimUBsq7kf/76&#10;BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEvL3BzcAAAABwEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF6715">
               <w:t>Specificare</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> data di acquisizione e istituto che lo ha rilasciato</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6715">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19AAE0F2" w14:textId="754169B0" w:rsidR="00607D62" w:rsidRDefault="00607D62" w:rsidP="00033DD1">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
@@ -8854,51 +8879,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="6DA46409" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:9.1pt;margin-top:6.45pt;width:17.25pt;height:14.25pt;z-index:-251439104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBLy9wc3AAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNMoQAlxKlTEzylSSzlwc+wliYjXke224e1Z&#10;TnAajWY081Xr2Y3iiCEOnhQsFxkIJOPtQJ2C/dvT1QpETJqsHj2hgm+MsK7PzypdWn+iLR53qRM8&#10;QrHUCvqUplLKaHp0Oi78hMTZpw9OJ7ahkzboE4+7UeZZdiOdHogfej3hpkfztTs4Bdt948xH+948&#10;b9A08+NL4dvwqtTlxfxwDyLhnP7K8IvP6FAzU+sPZKMY2a9ybrLmdyA4v85vQbQKimUBsq7kf/76&#10;BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEvL3BzcAAAABwEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF6715">
               <w:t>Specificare</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> data di acquisizione e istituto che lo ha rilasciato</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6715">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2735C3ED" w14:textId="77777777" w:rsidR="00607D62" w:rsidRDefault="00607D62" w:rsidP="00C62FFA">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
@@ -8932,51 +8957,61 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1518" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73408276" w14:textId="57400C2C" w:rsidR="00607D62" w:rsidRDefault="00607D62" w:rsidP="00607D62">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="279F50EF" w14:textId="77777777" w:rsidR="00B8580B" w:rsidRDefault="00B8580B" w:rsidP="00DF6715">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61F6941E" w14:textId="3421BD7B" w:rsidR="001D323D" w:rsidRDefault="001D323D" w:rsidP="00DF6715">
+    <w:p w14:paraId="61F6941E" w14:textId="1D3F801B" w:rsidR="001D323D" w:rsidRDefault="001D323D" w:rsidP="00DF6715">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28224EDF" w14:textId="47388A4B" w:rsidR="00D338D2" w:rsidRDefault="00D338D2" w:rsidP="00DF6715">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F1E2B72" w14:textId="77777777" w:rsidR="00D338D2" w:rsidRDefault="00D338D2" w:rsidP="00DF6715">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D6EF05D" w14:textId="77777777" w:rsidR="00920C44" w:rsidRDefault="00920C44" w:rsidP="00DF6715">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2924"/>
         <w:gridCol w:w="5151"/>
         <w:gridCol w:w="1553"/>
       </w:tblGrid>
       <w:tr w:rsidR="00607D62" w14:paraId="084AB683" w14:textId="36A67DAF" w:rsidTr="00607D62">
         <w:trPr>
           <w:trHeight w:val="538"/>
         </w:trPr>
         <w:tc>
@@ -9130,51 +9165,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="3EB429A4" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:9.1pt;margin-top:6.45pt;width:17.25pt;height:14.25pt;z-index:-251437056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBLy9wc3AAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNMoQAlxKlTEzylSSzlwc+wliYjXke224e1Z&#10;TnAajWY081Xr2Y3iiCEOnhQsFxkIJOPtQJ2C/dvT1QpETJqsHj2hgm+MsK7PzypdWn+iLR53qRM8&#10;QrHUCvqUplLKaHp0Oi78hMTZpw9OJ7ahkzboE4+7UeZZdiOdHogfej3hpkfztTs4Bdt948xH+948&#10;b9A08+NL4dvwqtTlxfxwDyLhnP7K8IvP6FAzU+sPZKMY2a9ybrLmdyA4v85vQbQKimUBsq7kf/76&#10;BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEvL3BzcAAAABwEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF6715">
               <w:t>Specificare</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> data di iscrizione</w:t>
             </w:r>
             <w:r w:rsidRPr="00DF6715">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C62FFA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>al regime previdenziale come operaio agricolo, bracciante o coadiuvante di impresa agricola famigliare</w:t>
@@ -9359,51 +9394,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="7826173E" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:9.1pt;margin-top:6.45pt;width:17.25pt;height:14.25pt;z-index:-251436032;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBLy9wc3AAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNMoQAlxKlTEzylSSzlwc+wliYjXke224e1Z&#10;TnAajWY081Xr2Y3iiCEOnhQsFxkIJOPtQJ2C/dvT1QpETJqsHj2hgm+MsK7PzypdWn+iLR53qRM8&#10;QrHUCvqUplLKaHp0Oi78hMTZpw9OJ7ahkzboE4+7UeZZdiOdHogfej3hpkfztTs4Bdt948xH+948&#10;b9A08+NL4dvwqtTlxfxwDyLhnP7K8IvP6FAzU+sPZKMY2a9ybrLmdyA4v85vQbQKimUBsq7kf/76&#10;BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKsOjhVuAgAARQUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEvL3BzcAAAABwEAAA8AAAAAAAAAAAAA&#10;AAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00DF6715">
               <w:t>Specificare</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> data di iscrizione </w:t>
             </w:r>
             <w:r w:rsidRPr="00C62FFA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>al regime previdenziale come operaio agricolo, bracciante o coadiuvante di impresa agricola famigliare</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6145D3FC" w14:textId="77777777" w:rsidR="00607D62" w:rsidRDefault="00607D62" w:rsidP="00C62FFA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -9529,51 +9564,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="6D479FCB" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.8pt;margin-top:8.5pt;width:17.25pt;height:14.25pt;z-index:-251435008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQA9bUvP3QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJOqCSjEqVCrAqdILeXAzbGXJCJeR7Hbhr9n&#10;OcFxdkYzb8v17AZxxin0nhSkiwQEkvG2p1bB8W139wAiRE1WD55QwTcGWFfXV6UurL/QHs+H2Aou&#10;oVBoBV2MYyFlMB06HRZ+RGLv009OR5ZTK+2kL1zuBrlMklw63RMvdHrETYfm63ByCvbH2pmP5r1+&#10;3qCp5+3LyjfTq1K3N/PTI4iIc/wLwy8+o0PFTI0/kQ1iULBMc07y/Z5fYj/LUxCNglWWgaxK+Z+/&#10;+gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA9bUvP3QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C5A4A47" w14:textId="6A3381BD" w:rsidR="00607D62" w:rsidRDefault="00607D62" w:rsidP="00C62FFA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62FFA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3004222D" w14:textId="77777777" w:rsidR="00607D62" w:rsidRPr="00DF6715" w:rsidRDefault="00607D62" w:rsidP="00C62FFA">
             <w:pPr>
@@ -9813,51 +9848,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="77E452D5" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:12.85pt;margin-top:13.3pt;width:17.25pt;height:14.25pt;z-index:-251432960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBVLaxG3QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNOIBJTGqVARP6dILeXQm+MsSUS8jmy3DW/P&#10;cqKn0WhGM1+5nu0oTujD4EjBcpGAQDKuHahTsP94uXsEEaKmVo+OUMEPBlhX11elLlp3pi2edrET&#10;PEKh0Ar6GKdCymB6tDos3ITE2ZfzVke2vpOt12cet6NMkySXVg/ED72ecNOj+d4drYLtvrbm0HzW&#10;rxs09fz8du8a/67U7c38tAIRcY7/ZfjDZ3SomKlxR2qDGBWk2QM3WfMcBOd5koJoFGTZEmRVykv+&#10;6hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBVLaxG3QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="108C19C3" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2">
             <w:r w:rsidRPr="00064736">
               <w:t>Interventi in aree Natura 2000 e aree di specifico interesse naturalistico e/o paesaggistico (artt. 38 e 40 della legge regionale 6 aprile 1998, n. 11, Normativa urbanistica e di pianificazione territoriale della Valle d’Aosta – PTP)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="024E9896" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2"/>
           <w:p w14:paraId="06D5391E" w14:textId="1664CB76" w:rsidR="00F634F6" w:rsidRPr="00DF6715" w:rsidRDefault="00F634F6" w:rsidP="008366F2">
             <w:r>
               <w:t>Specificare località e indirizzo:</w:t>
             </w:r>
@@ -9957,51 +9992,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="1AAB305E" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.8pt;margin-top:13.85pt;width:17.25pt;height:14.25pt;z-index:-251431936;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCb7G2w3QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNMAaZXGqVARP6dILeXAzbG3SUS8jmK3DW/P&#10;ciqn0WhGM1+xnlwvTjiGzpOC+SwBgWS87ahRsP94uVuCCFGT1b0nVPCDAdbl9VWhc+vPtMXTLjaC&#10;RyjkWkEb45BLGUyLToeZH5A4O/jR6ch2bKQd9ZnHXS/TJMmk0x3xQ6sH3LRovndHp2C7r5z5qj+r&#10;1w2aanp+e/D1+K7U7c30tAIRcYqXMvzhMzqUzFT7I9kgegXpfcZN1sUCBOePyzmImjVLQZaF/M9f&#10;/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCb7G2w3QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03B09FD7" w14:textId="7AB8775B" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="00064736">
             <w:r>
               <w:t>Altra Area</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29F0BA46" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="00064736"/>
           <w:p w14:paraId="43E79552" w14:textId="63FCD849" w:rsidR="00F634F6" w:rsidRPr="00064736" w:rsidRDefault="00F634F6" w:rsidP="00064736">
             <w:r>
               <w:t>Specificare località e indirizzo:</w:t>
             </w:r>
@@ -10107,51 +10142,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="03EDA85B" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.75pt;margin-top:29.6pt;width:17.25pt;height:14.25pt;z-index:-251430912;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQAfv78u3gAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqEMgNIRsKlQE9BSppRy4OfGSRMR2ZLtt+HuW&#10;ExxHM5p5U65mM4oj+TA4i3C9SECQbZ0ebIewf3u+ykGEqKxWo7OE8E0BVtX5WakK7U52S8dd7ASX&#10;2FAohD7GqZAytD0ZFRZuIsvep/NGRZa+k9qrE5ebUaZJcieNGiwv9GqidU/t1+5gELb72rQfzXv9&#10;sqa2np9eb13jN4iXF/PjA4hIc/wLwy8+o0PFTI07WB3EiJDeZJxEyO5TEOxnOV9rEPLlEmRVyv/8&#10;1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAH7+/Lt4AAAAHAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D31EE2A" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="00E13C76"/>
           <w:p w14:paraId="5C00716B" w14:textId="36119FF3" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="00E13C76">
             <w:r w:rsidRPr="00064736">
               <w:t>Bassa Valle</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07F93E40" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="00E13C76"/>
           <w:p w14:paraId="1667063C" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="00E13C76">
             <w:r>
               <w:t>Specificare località e indirizzo:</w:t>
@@ -10251,51 +10286,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="29F99364" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.75pt;margin-top:28.95pt;width:17.25pt;height:14.25pt;z-index:-251429888;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQA+23gQ3gAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqENpShqyqVARP6dILeXQmxMvSURsR7bbhrdn&#10;OcFxNKOZb4r1ZAZxIh96ZxFuZwkIso3TvW0R9u/PNxmIEJXVanCWEL4pwLq8vChUrt3Zbum0i63g&#10;EhtyhdDFOOZShqYjo8LMjWTZ+3TeqMjSt1J7deZyM8h5kiylUb3lhU6NtOmo+dodDcJ2X5nmUH9U&#10;LxtqqunpdeFq/4Z4fTU9PoCINMW/MPziMzqUzFS7o9VBDAjzu5STCOn9CgT7acbXaoRsuQBZFvI/&#10;f/kDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPtt4EN4AAAAHAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E316D35" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2"/>
           <w:p w14:paraId="01C259FF" w14:textId="76315908" w:rsidR="00F634F6" w:rsidRPr="004A27E7" w:rsidRDefault="00F634F6" w:rsidP="008366F2">
             <w:r w:rsidRPr="004A27E7">
               <w:t xml:space="preserve">Grand-Paradis o Mont </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004A27E7">
               <w:t>Cervin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
@@ -10398,51 +10433,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="5C694FB3" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.75pt;margin-top:14.7pt;width:17.25pt;height:14.25pt;z-index:-251428864;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQB2NPbq3gAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqENpoU3jVKiIn1OklnLozbGXJCJeR7bbhrdn&#10;OcFptJrR7DfFenS9OGGInScFt5MMBJLxtqNGwf79+WYBIiZNVveeUME3RliXlxeFzq0/0xZPu9QI&#10;LqGYawVtSkMuZTQtOh0nfkBi79MHpxOfoZE26DOXu15Os+xeOt0Rf2j1gJsWzdfu6BRs95Uzh/qj&#10;etmgqcan15mvw5tS11fj4wpEwjH9heEXn9GhZKbaH8lG0SuY3s05ybqcgWB/vuBpNevDEmRZyP/8&#10;5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdjT26t4AAAAHAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65B89B79" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="00E13C76"/>
           <w:p w14:paraId="3FEFAF96" w14:textId="30DD10A7" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="00E13C76">
             <w:r>
               <w:t>Altra area</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="692FEE99" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="00E13C76"/>
           <w:p w14:paraId="099E71D8" w14:textId="74FBB96A" w:rsidR="00F634F6" w:rsidRPr="00E13C76" w:rsidRDefault="00F634F6" w:rsidP="00E13C76">
             <w:r>
               <w:t>Specificare località e indirizzo:</w:t>
             </w:r>
@@ -10597,51 +10632,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="63738DE0" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.75pt;margin-top:34.6pt;width:17.25pt;height:14.25pt;z-index:-251427840;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQDhAwTr3gAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqEOgf2mcChUBPUVqKYfeHHtJIuJ1FLtteHuW&#10;ExxHM5r5Jl+PrhNnHELrScH9JAGBZLxtqVZweH+5W4AIUZPVnSdU8I0B1sX1Va4z6y+0w/M+1oJL&#10;KGRaQRNjn0kZTINOh4nvkdj79IPTkeVQSzvoC5e7TqZJMpNOt8QLje5x06D52p+cgt2hdOZYfZSv&#10;GzTl+Pz26Kthq9Ttzfi0AhFxjH9h+MVndCiYqfInskF0CtKHKScVzJYpCPanC75WKVjO5yCLXP7n&#10;L34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4QME694AAAAHAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C80B5E1" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2"/>
           <w:p w14:paraId="7D7C7855" w14:textId="7C582497" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2">
             <w:r w:rsidRPr="00E13C76">
               <w:t>Investimenti in aree ARPM</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1ACC1531" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2"/>
           <w:p w14:paraId="4F230A68" w14:textId="51F0BC79" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2">
             <w:r>
               <w:t>Specificare località e indirizzo:</w:t>
             </w:r>
@@ -10741,51 +10776,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="1D22936C" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.75pt;margin-top:38.45pt;width:17.25pt;height:14.25pt;z-index:-251426816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQDKDOdN3gAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqENpSglxKlTEYxWppSzYOfaQRMTjyHbb8PcM&#10;K1iO7tGdc8v15AZxxBB7TwquZxkIJONtT62C/dvT1QpETJqsHjyhgm+MsK7Oz0pdWH+iLR53qRVc&#10;QrHQCrqUxkLKaDp0Os78iMTZpw9OJz5DK23QJy53g5xn2VI63RN/6PSImw7N1+7gFGz3tTMfzXv9&#10;vEFTT48vC9+EV6UuL6aHexAJp/QHw68+q0PFTo0/kI1iUDC/yZlUcLu8A8F5vuJpDXNZvgBZlfL/&#10;gOoHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAygznTd4AAAAIAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1553E874" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2"/>
           <w:p w14:paraId="37DD2B1A" w14:textId="08166F11" w:rsidR="00F634F6" w:rsidRPr="00E13C76" w:rsidRDefault="00F634F6" w:rsidP="008366F2">
             <w:r w:rsidRPr="00E13C76">
               <w:t>Investimenti in aree ARM e fascia collinare del comune di Aosta</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C71CFA8" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2"/>
           <w:p w14:paraId="3F1E4C21" w14:textId="62BAB793" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2">
             <w:r>
               <w:t>Specificare località e indirizzo:</w:t>
             </w:r>
@@ -10885,51 +10920,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="63177E23" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:11.75pt;margin-top:30.65pt;width:17.25pt;height:14.25pt;z-index:-251425792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQAw+4eR3gAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNOWViHEqVARP6dILeXAzbGXJCJeR7bbhrdn&#10;OcFxNKOZb8rN5AZxwhB7TwrmswwEkvG2p1bB4e3pJgcRkyarB0+o4BsjbKrLi1IX1p9ph6d9agWX&#10;UCy0gi6lsZAymg6djjM/IrH36YPTiWVopQ36zOVukIssW0une+KFTo+47dB87Y9Owe5QO/PRvNfP&#10;WzT19Phy65vwqtT11fRwDyLhlP7C8IvP6FAxU+OPZKMYFCyWK04qWM+XINhf5XytUZDf5SCrUv7n&#10;r34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAMPuHkd4AAAAHAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B60D21C" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2"/>
           <w:p w14:paraId="09231E83" w14:textId="3BB9A0F6" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2">
             <w:r w:rsidRPr="00E13C76">
               <w:t>Altra area</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="629685EC" w14:textId="77777777" w:rsidR="00F634F6" w:rsidRDefault="00F634F6" w:rsidP="008366F2"/>
           <w:p w14:paraId="23563D9D" w14:textId="0C8BB4CD" w:rsidR="00F634F6" w:rsidRPr="00E13C76" w:rsidRDefault="00F634F6" w:rsidP="008366F2">
             <w:r>
               <w:t>Specificare località e indirizzo:</w:t>
             </w:r>
@@ -11093,51 +11128,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="1D4D82D7" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:44.85pt;margin-top:-.15pt;width:17.25pt;height:14.25pt;z-index:-251423744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBeyo2u3QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7LTsMwFET3SPyDdZHYtQ6mgjTEqVARj1WklrLozrEvSUR8HdluG/4e&#10;d1WWoxmdOeVqsgM7og+9Iwl38wwYknamp1bC7vN1lgMLUZFRgyOU8IsBVtX1VakK4060weM2tixB&#10;KBRKQhfjWHAedIdWhbkbkVL37bxVMUXfcuPVKcHtwEWWPXCrekoPnRpx3aH+2R6shM2utnrffNVv&#10;a9T19PK+cI3/kPL2Znp+AhZxipcxnPWTOlTJqXEHMoENEvLlY1pKmN0DO9diIYA1EkQugFcl/+9f&#10;/QEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBeyo2u3QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46797F6D" w14:textId="515F2B89" w:rsidR="00F634F6" w:rsidRPr="00DF6715" w:rsidRDefault="00DC045E" w:rsidP="008366F2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -11241,51 +11276,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="6EB2F837" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.75pt;margin-top:-25.9pt;width:17.25pt;height:14.25pt;z-index:-251420672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBFX6DP4AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjctrQdm6A0ndAQH6dKG+PALU1MW9E4VZNt5d/j&#10;ncbR9qPXz1usJ9eLI46h86QgnScgkIy3HTUK9h8vs3sQIWqyuveECn4xwLq8vip0bv2JtnjcxUZw&#10;CIVcK2hjHHIpg2nR6TD3AxLfvv3odORxbKQd9YnDXS+zJFlJpzviD60ecNOi+dkdnILtvnLmq/6s&#10;Xjdoqun57c7X47tStzfT0yOIiFO8wHDWZ3Uo2an2B7JB9Aoe0iWTCmbLlCucgWzF5WreZIsFyLKQ&#10;/yuUfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBFX6DP4AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="101C03EB" w14:textId="650292B6" w:rsidR="00F634F6" w:rsidRPr="00DF6715" w:rsidRDefault="00DC045E" w:rsidP="00DC045E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -11380,51 +11415,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="633AEA6C" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.25pt;margin-top:-26.55pt;width:17.25pt;height:14.25pt;z-index:-251422720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCBUylA4AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjctnRlnaA0ndAQH6dKG+PALU1MW9E4VZNt5d/j&#10;ncbR9qPXz1usJ9eLI46h86RgMU9AIBlvO2oU7D9eZvcgQtRkde8JFfxigHV5fVXo3PoTbfG4i43g&#10;EAq5VtDGOORSBtOi02HuByS+ffvR6cjj2Eg76hOHu16mSbKSTnfEH1o94KZF87M7OAXbfeXMV/1Z&#10;vW7QVNPz29LX47tStzfT0yOIiFO8wHDWZ3Uo2an2B7JB9AoekoxJBbPsbgHiDKQZl6t5ky5XIMtC&#10;/q9Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCBUylA4AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AABE650" w14:textId="27DD8EEA" w:rsidR="00F634F6" w:rsidRPr="00DF6715" w:rsidRDefault="00DC045E" w:rsidP="00DC045E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -11519,51 +11554,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="54FF6617" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.75pt;margin-top:-24.75pt;width:17.25pt;height:14.25pt;z-index:-251421696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCBstVt4AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWidRqWiIU6Eifk6RWsqBm2MvSUS8jmK3DW/f&#10;7ancdndGs98U68n14ohj6DwpSOcJCCTjbUeNgv3n6+wRRIiarO49oYI/DLAub28KnVt/oi0ed7ER&#10;HEIh1wraGIdcymBadDrM/YDE2o8fnY68jo20oz5xuOtlliRL6XRH/KHVA25aNL+7g1Ow3VfOfNdf&#10;1dsGTTW9vC98PX4odX83PT+BiDjFqxku+IwOJTPV/kA2iF7BKn1gp4LZYsXDxZAtuVzNlyxNQJaF&#10;/F+hPAMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCBstVt4AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26ECC186" w14:textId="40B3F5B7" w:rsidR="00F634F6" w:rsidRPr="00DF6715" w:rsidRDefault="00DC045E" w:rsidP="00DC045E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -11658,51 +11693,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="6C07ACC6" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.75pt;margin-top:7.9pt;width:17.25pt;height:14.25pt;z-index:-251419648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQAt0/EM3gAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNOSVhDiVKiIn1OklnLg5thLEhGvI9ttw9uz&#10;PcFxZ0az85XryQ3iiCH2nhTMZxkIJONtT62C/fvzzR2ImDRZPXhCBT8YYV1dXpS6sP5EWzzuUiu4&#10;hGKhFXQpjYWU0XTodJz5EYm9Lx+cTnyGVtqgT1zuBrnIspV0uif+0OkRNx2a793BKdjua2c+m4/6&#10;ZYOmnp5ec9+EN6Wur6bHBxAJp/QXhvN8ng4Vb2r8gWwUg4L7+ZKTrC+Z4OwvVszWKMjzW5BVKf8D&#10;VL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALdPxDN4AAAAIAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E98AF5C" w14:textId="417E176D" w:rsidR="00F634F6" w:rsidRPr="00DF6715" w:rsidRDefault="00DC045E" w:rsidP="00DC045E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -11800,51 +11835,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="42DD9153" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.75pt;margin-top:7.9pt;width:17.25pt;height:14.25pt;z-index:-251418624;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQAt0/EM3gAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNOSVhDiVKiIn1OklnLg5thLEhGvI9ttw9uz&#10;PcFxZ0az85XryQ3iiCH2nhTMZxkIJONtT62C/fvzzR2ImDRZPXhCBT8YYV1dXpS6sP5EWzzuUiu4&#10;hGKhFXQpjYWU0XTodJz5EYm9Lx+cTnyGVtqgT1zuBrnIspV0uif+0OkRNx2a793BKdjua2c+m4/6&#10;ZYOmnp5ec9+EN6Wur6bHBxAJp/QXhvN8ng4Vb2r8gWwUg4L7+ZKTrC+Z4OwvVszWKMjzW5BVKf8D&#10;VL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALdPxDN4AAAAIAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="433C315D" w14:textId="51129FA2" w:rsidR="00F634F6" w:rsidRPr="00DF6715" w:rsidRDefault="00DC045E" w:rsidP="00DC045E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -12130,51 +12165,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="4BA9C5A7" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.4pt;margin-top:-1.05pt;width:17.25pt;height:14.25pt;z-index:-251416576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQDrzdno3gAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWqehVBCyqVARP6dILeXAzbGXJCJeR7bbhrfH&#10;PcFxNKOZb8r1ZAdxJB96xwiLeQaCWDvTc4uwf3+e3YEIUbFRg2NC+KEA6+ryolSFcSfe0nEXW5FK&#10;OBQKoYtxLKQMuiOrwtyNxMn7ct6qmKRvpfHqlMrtIPMsW0mrek4LnRpp05H+3h0swnZfW/3ZfNQv&#10;G9L19PS6dI1/Q7y+mh4fQESa4l8YzvgJHarE1LgDmyAGhPsskUeEWb4Acfbz2xsQDUK+WoKsSvn/&#10;QPULAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA683Z6N4AAAAIAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A2CCC5C" w14:textId="2FF6EB34" w:rsidR="00A93B99" w:rsidRPr="00DF6715" w:rsidRDefault="00A93B99" w:rsidP="008366F2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -12291,51 +12326,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="3FE4E5DF" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.75pt;margin-top:-25.9pt;width:17.25pt;height:14.25pt;z-index:-251413504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQBFX6DP4AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjctrQdm6A0ndAQH6dKG+PALU1MW9E4VZNt5d/j&#10;ncbR9qPXz1usJ9eLI46h86QgnScgkIy3HTUK9h8vs3sQIWqyuveECn4xwLq8vip0bv2JtnjcxUZw&#10;CIVcK2hjHHIpg2nR6TD3AxLfvv3odORxbKQd9YnDXS+zJFlJpzviD60ecNOi+dkdnILtvnLmq/6s&#10;Xjdoqun57c7X47tStzfT0yOIiFO8wHDWZ3Uo2an2B7JB9Aoe0iWTCmbLlCucgWzF5WreZIsFyLKQ&#10;/yuUfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBFX6DP4AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11641DF7" w14:textId="1ACB6474" w:rsidR="00A93B99" w:rsidRPr="00DF6715" w:rsidRDefault="00A93B99" w:rsidP="00A93B99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -12445,51 +12480,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="39896594" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.25pt;margin-top:-26.55pt;width:17.25pt;height:14.25pt;z-index:-251415552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCBUylA4AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjctnRlnaA0ndAQH6dKG+PALU1MW9E4VZNt5d/j&#10;ncbR9qPXz1usJ9eLI46h86RgMU9AIBlvO2oU7D9eZvcgQtRkde8JFfxigHV5fVXo3PoTbfG4i43g&#10;EAq5VtDGOORSBtOi02HuByS+ffvR6cjj2Eg76hOHu16mSbKSTnfEH1o94KZF87M7OAXbfeXMV/1Z&#10;vW7QVNPz29LX47tStzfT0yOIiFO8wHDWZ3Uo2an2B7JB9AoekoxJBbPsbgHiDKQZl6t5ky5XIMtC&#10;/q9Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCBUylA4AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="110FE5E7" w14:textId="02C548A4" w:rsidR="00A93B99" w:rsidRPr="00DF6715" w:rsidRDefault="00A93B99" w:rsidP="00A93B99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -12623,51 +12658,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="5BB2562B" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.75pt;margin-top:-24.75pt;width:17.25pt;height:14.25pt;z-index:-251414528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQCBstVt4AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWidRqWiIU6Eifk6RWsqBm2MvSUS8jmK3DW/f&#10;7ancdndGs98U68n14ohj6DwpSOcJCCTjbUeNgv3n6+wRRIiarO49oYI/DLAub28KnVt/oi0ed7ER&#10;HEIh1wraGIdcymBadDrM/YDE2o8fnY68jo20oz5xuOtlliRL6XRH/KHVA25aNL+7g1Ow3VfOfNdf&#10;1dsGTTW9vC98PX4odX83PT+BiDjFqxku+IwOJTPV/kA2iF7BKn1gp4LZYsXDxZAtuVzNlyxNQJaF&#10;/F+hPAMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrDo4VbgIAAEUFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCBstVt4AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAMgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0081AFFA" w14:textId="5E030043" w:rsidR="00A93B99" w:rsidRPr="00DF6715" w:rsidRDefault="00A93B99" w:rsidP="00A93B99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -12798,51 +12833,51 @@
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
                   <w:pict>
                     <v:rect w14:anchorId="55733426" id="Rettangolo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:45.75pt;margin-top:7.9pt;width:17.25pt;height:14.25pt;z-index:-251412480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrDo4VbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H7doGcYogRYcB&#10;RVusHXpWZCk2IIsapcTJfv0o2XGyrthh2EUmTfLxQ4+a3exaw7YKfQO25MVZzpmyEqrGrkv+/eXu&#10;0xVnPghbCQNWlXyvPL+Zf/ww69xUTaAGUylkBGL9tHMlr0Nw0yzzslat8GfglCWjBmxFIBXXWYWi&#10;I/TWZJM8/5x1gJVDkMp7+nvbG/k84WutZHjU2qvATMmptpBOTOcqntl8JqZrFK5u5FCG+IcqWtFY&#10;SjpC3Yog2AabP6DaRiJ40OFMQpuB1o1UqQfqpsjfdPNcC6dSLzQc78Yx+f8HKx+2z+4JaQyd81NP&#10;Yuxip7GNX6qP7dKw9uOw1C4wST8nxXV+ecGZJFNxlV+TTCjZMdihD18UtCwKJUe6izQisb33oXc9&#10;uMRcHkxT3TXGJCXev1oaZFtBN7daFwP4iVd2rDhJYW9UjDX2m9KsqWKNKWEi0xFMSKlsKHpTLSrV&#10;5ygu8jzxgVoYI1JDCTAia6puxB4Afi/0gN23N/jHUJW4OAbnfyusDx4jUmawYQxuGwv4HoChrobM&#10;vT+VfzKaKK6g2j8hQ+g3wTt519D13AsfngQS9WlJaJ3DIx3aQFdyGCTOasCf7/2P/sRIsnLW0SqV&#10;3P/YCFScma+WuHpdnJ/H3UvK+cXlhBQ8taxOLXbTLoHuvKCHw8kkRv9gDqJGaF9p6xcxK5mElZS7&#10;5DLgQVmGfsXp3ZBqsUhutG9OhHv77GQEj1ON9HvZvQp0A0cDkfsBDmsnpm+o2vvGSAuLTQDdJB4f&#10;5zrMm3Y1EWd4V+JjcKonr+PrN/8FAAD//wMAUEsDBBQABgAIAAAAIQAt0/EM3gAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNOSVhDiVKiIn1OklnLg5thLEhGvI9ttw9uz&#10;PcFxZ0az85XryQ3iiCH2nhTMZxkIJONtT62C/fvzzR2ImDRZPXhCBT8YYV1dXpS6sP5EWzzuUiu4&#10;hGKhFXQpjYWU0XTodJz5EYm9Lx+cTnyGVtqgT1zuBrnIspV0uif+0OkRNx2a793BKdjua2c+m4/6&#10;ZYOmnp5ec9+EN6Wur6bHBxAJp/QXhvN8ng4Vb2r8gWwUg4L7+ZKTrC+Z4OwvVszWKMjzW5BVKf8D&#10;VL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqw6OFW4CAABFBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALdPxDN4AAAAIAQAADwAAAAAAAAAA&#10;AAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" fillcolor="white [3212]" strokecolor="#030e13 [484]" strokeweight="1pt">
                       <w10:wrap type="tight"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="221A4F3A" w14:textId="4BE3F2DB" w:rsidR="00A93B99" w:rsidRPr="00DF6715" w:rsidRDefault="00A93B99" w:rsidP="00A93B99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -22469,58 +22504,71 @@
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>€ …..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24D89399" w14:textId="68E01C02" w:rsidR="00C3507D" w:rsidRDefault="00E20C50" w:rsidP="00E20C50">
       <w:pPr>
         <w:pStyle w:val="Didascalia"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tabella </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Tabella \* ARABIC ">
-[...6 lines deleted...]
-      </w:fldSimple>
+      <w:r w:rsidR="00D338D2">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:instrText xml:space="preserve"> SEQ Tabella \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D30A16">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="045DFA16" w14:textId="6A935FF9" w:rsidR="00290981" w:rsidRPr="00813C6B" w:rsidRDefault="00290981" w:rsidP="00290981">
       <w:pPr>
         <w:pStyle w:val="Titolo3"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc196313317"/>
       <w:r w:rsidRPr="00813C6B">
         <w:lastRenderedPageBreak/>
         <w:t>Congruità degli investimenti</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51489184" w14:textId="12D4802A" w:rsidR="00290981" w:rsidRDefault="00290981" w:rsidP="00E3612C">
       <w:pPr>
         <w:pStyle w:val="Titolo3"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A2EC7">
         <w:rPr>
@@ -23252,58 +23300,71 @@
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00193DBB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>€ …..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="560ABA33" w14:textId="595AEC28" w:rsidR="001D1FF9" w:rsidRPr="001D1FF9" w:rsidRDefault="00E20C50" w:rsidP="00E20C50">
       <w:pPr>
         <w:pStyle w:val="Didascalia"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tabella </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Tabella \* ARABIC ">
-[...6 lines deleted...]
-      </w:fldSimple>
+      <w:r w:rsidR="00D338D2">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:instrText xml:space="preserve"> SEQ Tabella \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D30A16">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="42AAF25A" w14:textId="2C53EFB5" w:rsidR="00F8037B" w:rsidRPr="00370823" w:rsidRDefault="00F8037B" w:rsidP="00F8037B">
       <w:pPr>
         <w:pStyle w:val="Titolo3"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc196313318"/>
       <w:r w:rsidRPr="00370823">
         <w:lastRenderedPageBreak/>
         <w:t>Ricavi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="13C90DF6" w14:textId="5BF7A1BA" w:rsidR="001D323D" w:rsidRPr="00C05778" w:rsidRDefault="00250856" w:rsidP="001D323D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -24542,58 +24603,71 @@
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>€…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68DF96A9" w14:textId="350887D4" w:rsidR="0038046C" w:rsidRDefault="00E20C50" w:rsidP="00E20C50">
       <w:pPr>
         <w:pStyle w:val="Didascalia"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tabella </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Tabella \* ARABIC ">
-[...6 lines deleted...]
-      </w:fldSimple>
+      <w:r w:rsidR="00D338D2">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:instrText xml:space="preserve"> SEQ Tabella \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D30A16">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="234F9D7E" w14:textId="4059BD92" w:rsidR="00B76B78" w:rsidRDefault="00B76B78" w:rsidP="00B76B78"/>
     <w:p w14:paraId="4DCA58DD" w14:textId="66BFF36B" w:rsidR="00B76B78" w:rsidRDefault="00B76B78" w:rsidP="00B76B78"/>
     <w:p w14:paraId="6CEA479B" w14:textId="72C9E92F" w:rsidR="00B76B78" w:rsidRDefault="00B76B78" w:rsidP="00B76B78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="421"/>
         <w:gridCol w:w="1504"/>
         <w:gridCol w:w="1925"/>
         <w:gridCol w:w="1926"/>
         <w:gridCol w:w="1926"/>
         <w:gridCol w:w="1926"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D71AF9" w14:paraId="01706301" w14:textId="77777777" w:rsidTr="00E20C50">
         <w:trPr>
           <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1925" w:type="dxa"/>
@@ -25402,58 +25476,71 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>€…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="44E96ED8" w14:textId="73396681" w:rsidR="00D71AF9" w:rsidRDefault="00E20C50" w:rsidP="00E20C50">
       <w:pPr>
         <w:pStyle w:val="Didascalia"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tabella </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Tabella \* ARABIC ">
-[...6 lines deleted...]
-      </w:fldSimple>
+      <w:r w:rsidR="00D338D2">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:instrText xml:space="preserve"> SEQ Tabella \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D30A16">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="17468ABB" w14:textId="77777777" w:rsidR="00DE6167" w:rsidRDefault="00DE6167" w:rsidP="00E9748A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="7225" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
       <w:tr w:rsidR="003A2EC7" w14:paraId="3E1253FE" w14:textId="77777777" w:rsidTr="003A2EC7">
         <w:trPr>
           <w:trHeight w:val="1466"/>
         </w:trPr>
@@ -25899,58 +25986,71 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>€ …..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C2ECE36" w14:textId="4C97A453" w:rsidR="003C0BE1" w:rsidRDefault="00E20C50" w:rsidP="00E20C50">
       <w:pPr>
         <w:pStyle w:val="Didascalia"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabella </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Tabella \* ARABIC ">
-[...6 lines deleted...]
-      </w:fldSimple>
+      <w:r w:rsidR="00D338D2">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:instrText xml:space="preserve"> SEQ Tabella \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D30A16">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4314BBF2" w14:textId="41045531" w:rsidR="00E55A05" w:rsidRPr="00370823" w:rsidRDefault="00E55A05" w:rsidP="00E55A05">
       <w:pPr>
         <w:pStyle w:val="Titolo3"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc196313319"/>
       <w:r>
         <w:t>Sostenibilità Economica Finanziaria</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="4D85906C" w14:textId="158A4056" w:rsidR="00CB602A" w:rsidRDefault="007F57F3" w:rsidP="00E9748A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00627F8B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Riportare nella tabella sottostante </w:t>
       </w:r>
       <w:r w:rsidR="00627F8B" w:rsidRPr="00627F8B">
         <w:rPr>
           <w:i/>
@@ -26321,58 +26421,71 @@
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A2EC7">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>€ 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7406B43A" w14:textId="6AFB86FA" w:rsidR="00534A8C" w:rsidRDefault="00E20C50" w:rsidP="00E20C50">
       <w:pPr>
         <w:pStyle w:val="Didascalia"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tabella </w:t>
       </w:r>
-      <w:fldSimple w:instr=" SEQ Tabella \* ARABIC ">
-[...6 lines deleted...]
-      </w:fldSimple>
+      <w:r w:rsidR="00D338D2">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:instrText xml:space="preserve"> SEQ Tabella \* ARABIC </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00D30A16">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D338D2">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1857BD69" w14:textId="77777777" w:rsidR="009B437E" w:rsidRDefault="009B437E" w:rsidP="00FF5325">
       <w:pPr>
         <w:pStyle w:val="Titolo3"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="123FEA5F" w14:textId="77777777" w:rsidR="009B437E" w:rsidRDefault="009B437E" w:rsidP="00FF5325">
       <w:pPr>
         <w:pStyle w:val="Titolo3"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F973B3B" w14:textId="790A1120" w:rsidR="00193DBB" w:rsidRDefault="00B3213D" w:rsidP="00FF5325">
       <w:pPr>
         <w:pStyle w:val="Titolo3"/>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Sostenibilità Insediamento</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11322A22" w14:textId="1029B267" w:rsidR="00193DBB" w:rsidRDefault="00193DBB" w:rsidP="00FF5325">
       <w:pPr>
         <w:pStyle w:val="Titolo3"/>
@@ -30007,57 +30120,57 @@
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C61018"/>
     <w:rsid w:val="000131C8"/>
     <w:rsid w:val="00014B7A"/>
     <w:rsid w:val="00033DD1"/>
     <w:rsid w:val="000406F6"/>
     <w:rsid w:val="00043F55"/>
     <w:rsid w:val="00045F81"/>
@@ -30220,108 +30333,111 @@
     <w:rsid w:val="00B45972"/>
     <w:rsid w:val="00B61129"/>
     <w:rsid w:val="00B7131C"/>
     <w:rsid w:val="00B7370A"/>
     <w:rsid w:val="00B75BEE"/>
     <w:rsid w:val="00B76B78"/>
     <w:rsid w:val="00B8580B"/>
     <w:rsid w:val="00BA10E2"/>
     <w:rsid w:val="00BB4E42"/>
     <w:rsid w:val="00BB7D3F"/>
     <w:rsid w:val="00BD18B1"/>
     <w:rsid w:val="00BE4727"/>
     <w:rsid w:val="00C05778"/>
     <w:rsid w:val="00C16204"/>
     <w:rsid w:val="00C33F4B"/>
     <w:rsid w:val="00C341A6"/>
     <w:rsid w:val="00C3507D"/>
     <w:rsid w:val="00C53927"/>
     <w:rsid w:val="00C6077B"/>
     <w:rsid w:val="00C61018"/>
     <w:rsid w:val="00C62FFA"/>
     <w:rsid w:val="00C7412A"/>
     <w:rsid w:val="00CB602A"/>
     <w:rsid w:val="00CB76C6"/>
     <w:rsid w:val="00CC2AE2"/>
+    <w:rsid w:val="00CD5FB2"/>
     <w:rsid w:val="00CE0AEF"/>
     <w:rsid w:val="00CF4EA6"/>
     <w:rsid w:val="00D25B74"/>
     <w:rsid w:val="00D30A16"/>
+    <w:rsid w:val="00D338D2"/>
     <w:rsid w:val="00D37F9B"/>
     <w:rsid w:val="00D420E2"/>
     <w:rsid w:val="00D433BB"/>
     <w:rsid w:val="00D4569D"/>
     <w:rsid w:val="00D52430"/>
     <w:rsid w:val="00D5322D"/>
     <w:rsid w:val="00D71AF9"/>
     <w:rsid w:val="00D80040"/>
     <w:rsid w:val="00D87C3F"/>
     <w:rsid w:val="00DA58F1"/>
     <w:rsid w:val="00DC045E"/>
     <w:rsid w:val="00DE4A95"/>
     <w:rsid w:val="00DE6167"/>
     <w:rsid w:val="00DF0D56"/>
     <w:rsid w:val="00DF3165"/>
     <w:rsid w:val="00DF6715"/>
     <w:rsid w:val="00E13C76"/>
     <w:rsid w:val="00E20C50"/>
     <w:rsid w:val="00E3612C"/>
     <w:rsid w:val="00E44B3D"/>
     <w:rsid w:val="00E55A05"/>
     <w:rsid w:val="00E55C47"/>
     <w:rsid w:val="00E84AF3"/>
     <w:rsid w:val="00E9748A"/>
     <w:rsid w:val="00EB24D8"/>
     <w:rsid w:val="00EE2727"/>
     <w:rsid w:val="00EF0791"/>
     <w:rsid w:val="00EF3F17"/>
     <w:rsid w:val="00F634F6"/>
     <w:rsid w:val="00F66D9B"/>
     <w:rsid w:val="00F8037B"/>
+    <w:rsid w:val="00F86669"/>
     <w:rsid w:val="00F91FE1"/>
     <w:rsid w:val="00FB394A"/>
     <w:rsid w:val="00FC0461"/>
     <w:rsid w:val="00FD07F3"/>
     <w:rsid w:val="00FF5325"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0BAD9848"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{20E7B2A1-1201-4836-8A1C-3EC1427BCBC8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -31933,70 +32049,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B87C50F-60F8-4C64-B1D8-99F891D3081F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
-  <Words>4218</Words>
-  <Characters>24046</Characters>
+  <Words>4213</Words>
+  <Characters>24020</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>200</Lines>
   <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28208</CharactersWithSpaces>
+  <CharactersWithSpaces>28177</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Enrico Marzano</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>