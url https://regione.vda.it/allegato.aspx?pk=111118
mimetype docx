--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9136" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9136"/>
       </w:tblGrid>
       <w:tr w:rsidR="000B3A8B" w:rsidRPr="000B3A8B" w14:paraId="174E45A8" w14:textId="77777777" w:rsidTr="00394C61">
         <w:trPr>
@@ -121,88 +121,88 @@
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52D6BCA0" w14:textId="77777777" w:rsidR="0079374E" w:rsidRDefault="0079374E" w:rsidP="00374D4B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="130F20CB" w14:textId="6301D5B3" w:rsidR="00DC525C" w:rsidRPr="00DC525C" w:rsidRDefault="002A5CCD" w:rsidP="00DC525C">
+          <w:p w14:paraId="130F20CB" w14:textId="000652C1" w:rsidR="00DC525C" w:rsidRPr="00DC525C" w:rsidRDefault="002A5CCD" w:rsidP="00DC525C">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>RELAZIONE CONOSCITIVA</w:t>
             </w:r>
             <w:r w:rsidR="00DC525C" w:rsidRPr="00DC525C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> IN MERITO ALLE ATTIVITÀ SVOLTE E AI RISULTATI CONSEGUITI NELL’ANNO 202</w:t>
             </w:r>
-            <w:r w:rsidR="00BF5C7B">
+            <w:r w:rsidR="00EE399D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4669B6FB" w14:textId="77777777" w:rsidR="00DC525C" w:rsidRDefault="00DC525C" w:rsidP="00DC525C">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="609D8D9A" w14:textId="77777777" w:rsidR="00111A25" w:rsidRPr="00042128" w:rsidRDefault="00111A25" w:rsidP="00042128">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -391,71 +391,71 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C687A48" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00111A25">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F2825CD" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00111A25">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="523EF6DF" w14:textId="5EE4C2E7" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
+    <w:p w14:paraId="523EF6DF" w14:textId="0BC8601E" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="00BF5C7B">
+      <w:r w:rsidR="00033381">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5491BB34" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75C78CD5" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -491,119 +491,119 @@
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
       <w:tr w:rsidR="00042128" w:rsidRPr="006476A6" w14:paraId="5D8FA223" w14:textId="77777777" w:rsidTr="00472705">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C539532" w14:textId="6074B65D" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00BF5C7B">
+          <w:p w14:paraId="6C539532" w14:textId="02E40879" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00BF5C7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">RELAZIONE </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>ILLUSTRATIVA</w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> IN MERITO ALLE ATTIVITÀ SVOLTE E AI RISULTATI CONSEGUITI NELL’ANNO 202</w:t>
             </w:r>
-            <w:r w:rsidR="00BF5C7B">
+            <w:r w:rsidR="00EE399D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00042128" w:rsidRPr="006476A6" w14:paraId="1D289FDC" w14:textId="77777777" w:rsidTr="00472705">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A4C0608" w14:textId="1E26D1C1" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00962EA6">
+          <w:p w14:paraId="6A4C0608" w14:textId="2246196C" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00962EA6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>ANNO 202</w:t>
             </w:r>
-            <w:r w:rsidR="00BF5C7B">
+            <w:r w:rsidR="00EE399D">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="019061A3" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1AFE5FF1" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
@@ -1150,92 +1150,78 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1033C230" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...13 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="118F4F26" w14:textId="6F3DD980" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
+    <w:p w14:paraId="118F4F26" w14:textId="4B9DEE32" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="00BF5C7B">
+      <w:r w:rsidR="00033381">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41DC2611" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35AD3C08" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006476A6">
@@ -1261,92 +1247,92 @@
     </w:p>
     <w:p w14:paraId="54A39A51" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="00042128" w:rsidRPr="006476A6" w14:paraId="4A636672" w14:textId="77777777" w:rsidTr="00472705">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2363E560" w14:textId="242065C3" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00962EA6">
+          <w:p w14:paraId="2363E560" w14:textId="1129B4D2" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00962EA6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">RELAZIONE </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>ILLUSTRATIVA</w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>ELENCANTE GLI SPETTACOLI TEATRALI CIRCUITATI NELL’ANNO 202</w:t>
             </w:r>
-            <w:r w:rsidR="00BF5C7B">
+            <w:r w:rsidR="00EE399D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00042128" w:rsidRPr="006476A6" w14:paraId="0CAB7A6E" w14:textId="77777777" w:rsidTr="00472705">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="625E03B2" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -1359,76 +1345,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="39BFF482" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Data ________________ località __________________________ (</w:t>
-[...24 lines deleted...]
-              <w:t>_____________</w:t>
+              <w:t>Data ________________ località __________________________ (Prov.)______________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1413E750" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="360"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Spettacolo _________________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A9D917F" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
@@ -1504,134 +1465,91 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> si    </w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F07F"/>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> no </w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(crocettare)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D911A20" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="32A414EB" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5BC3464C" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Data ________________ località __________________________ (</w:t>
-[...24 lines deleted...]
-              <w:t>_____________</w:t>
+              <w:t>Data ________________ località __________________________ (Prov.)______________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D6CC406" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="360"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Spettacolo _________________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00A90209" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
@@ -1707,134 +1625,91 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> si    </w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F07F"/>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> no </w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(crocettare)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79885CEF" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F622845" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73AFCB2F" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Data ________________ località __________________________ (</w:t>
-[...24 lines deleted...]
-              <w:t>_____________</w:t>
+              <w:t>Data ________________ località __________________________ (Prov.)______________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A12CE79" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="360"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Spettacolo _________________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E87D04B" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
@@ -1910,133 +1785,90 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> si    </w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F07F"/>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> no </w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(crocettare)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23EF3046" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="360"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2A1BAAA6" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Data ________________ località __________________________ (</w:t>
-[...24 lines deleted...]
-              <w:t>_____________</w:t>
+              <w:t>Data ________________ località __________________________ (Prov.)______________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="026E6525" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="360"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Spettacolo _________________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="602AF0D1" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
@@ -2112,135 +1944,92 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> si    </w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F07F"/>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> no </w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(crocettare)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="302ABDEC" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="72C4CF69" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0355F6B2" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Data ________________ località __________________________ (</w:t>
-[...24 lines deleted...]
-              <w:t>_____________</w:t>
+              <w:t>Data ________________ località __________________________ (Prov.)______________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13E5AE68" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="360"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Spettacolo _________________________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D6097E8" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
@@ -2316,69 +2105,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> si    </w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F07F"/>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> no </w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(crocettare)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14F73A79" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6B8AF3DE" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2634,92 +2405,78 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3284" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="131300F5" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...13 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="565478D7" w14:textId="56619254" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
+    <w:p w14:paraId="565478D7" w14:textId="0022AEF2" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="00BF5C7B">
+      <w:r w:rsidR="00033381">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01ACBD5B" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AE8F917" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006476A6">
@@ -2798,71 +2555,71 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>RELATIVA AD EVENTUALI</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2965AF3F" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>ATTIVITÀ DI RICERCA E ALLESTIMENTO DI NUOVE PRODUZIONI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D00D722" w14:textId="049718A3" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00962EA6">
+          <w:p w14:paraId="3D00D722" w14:textId="180C25F2" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00962EA6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>AVVIATE E NON DEBUTTATE NELL’ANNO 202</w:t>
             </w:r>
-            <w:r w:rsidR="00BF5C7B">
+            <w:r w:rsidR="00EE399D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00042128" w:rsidRPr="006476A6" w14:paraId="7221A7FC" w14:textId="77777777" w:rsidTr="00472705">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06C68F8A" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0A7D4E65" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
@@ -3457,92 +3214,78 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6BBEB103" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...13 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5AF7B715" w14:textId="0B5BBD5A" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
+    <w:p w14:paraId="5AF7B715" w14:textId="46C1D834" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="00BF5C7B">
+      <w:r w:rsidR="00033381">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C378C86" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A16E01A" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006476A6">
@@ -3568,92 +3311,92 @@
     </w:p>
     <w:p w14:paraId="76B2C0AE" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="00042128" w:rsidRPr="006476A6" w14:paraId="2BC9C2D4" w14:textId="77777777" w:rsidTr="00472705">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4296BC7C" w14:textId="0243DC42" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00962EA6">
+          <w:p w14:paraId="4296BC7C" w14:textId="387A272F" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00962EA6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">RELAZIONE </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>ILLUSTRATIVA</w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>RELATIVA A CORSI DI FORMAZIONE E AVVIAMENTO AL TEATRO REALIZZATI NEL 202</w:t>
             </w:r>
-            <w:r w:rsidR="00BF5C7B">
+            <w:r w:rsidR="00EE399D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00042128" w:rsidRPr="006476A6" w14:paraId="77E8111C" w14:textId="77777777" w:rsidTr="00472705">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76441A6D" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3694,69 +3437,58 @@
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">CORSO </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55D16F9A" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00962EA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9638"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="284" w:right="2"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>specificando</w:t>
-[...9 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>specificando:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EB34401" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9638"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="284" w:right="2"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E44CB22" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -4350,92 +4082,78 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BFFC0B8" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...13 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4799AE28" w14:textId="53D22F66" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
+    <w:p w14:paraId="4799AE28" w14:textId="52A87AC1" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="00BF5C7B">
+      <w:r w:rsidR="00033381">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DBB1410" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CFD9A5B" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006476A6">
@@ -4461,95 +4179,93 @@
     </w:p>
     <w:p w14:paraId="65094A9B" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="00042128" w:rsidRPr="006476A6" w14:paraId="218A5A00" w14:textId="77777777" w:rsidTr="00472705">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30800715" w14:textId="2E1C1987" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
+          <w:p w14:paraId="30800715" w14:textId="058ACEF5" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">RELAZIONE </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>ILLUSTRATIVA</w:t>
             </w:r>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>RELATIVA A SPECIFICHE ATTIVITÀ DI VALORIZZAZIONE DEL TEATRO POSTE IN ESSERE NEL 202</w:t>
             </w:r>
-            <w:r w:rsidR="00BF5C7B">
+            <w:r w:rsidR="00EE399D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="3A9C8440" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00042128" w:rsidRPr="006476A6" w14:paraId="4D4DE1D8" w14:textId="77777777" w:rsidTr="00472705">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53AB882B" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="002A03C4" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -5082,121 +4798,107 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2EF5794D" w14:textId="77777777" w:rsidR="00042128" w:rsidRPr="006476A6" w:rsidRDefault="00042128" w:rsidP="00472705">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006476A6">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...13 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(firma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D476939" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="679C9023" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00042128">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00042128" w:rsidSect="00AF23B6">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="993" w:left="1134" w:header="709" w:footer="253" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0DC6C689" w14:textId="77777777" w:rsidR="0048614A" w:rsidRDefault="0048614A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2FF38A04" w14:textId="77777777" w:rsidR="0048614A" w:rsidRDefault="0048614A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5220,51 +4922,51 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="57514DFA" w14:textId="77777777" w:rsidR="00E37A6D" w:rsidRDefault="00E37A6D">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="762FC180" wp14:editId="211F4EDA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>548</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="0" cy="0"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="1" name="Casella di testo 1"/>
               <wp:cNvGraphicFramePr/>
@@ -5370,73 +5072,73 @@
                         <w:rStyle w:val="Numeropagina"/>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>6</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="Numeropagina"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7C528639" w14:textId="77777777" w:rsidR="0048614A" w:rsidRDefault="0048614A">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="26974738" w14:textId="77777777" w:rsidR="0048614A" w:rsidRDefault="0048614A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7E26711A" w14:textId="77777777" w:rsidR="00E37A6D" w:rsidRDefault="003F4CEF" w:rsidP="003F4CEF">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="004241D8">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4920C4B5" wp14:editId="0927207C">
           <wp:extent cx="731520" cy="835025"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:docPr id="5" name="Immagine 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -5522,85 +5224,85 @@
   <w:p w14:paraId="34948EA1" w14:textId="77777777" w:rsidR="0058599A" w:rsidRPr="00A53E77" w:rsidRDefault="0058599A" w:rsidP="0058599A">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>CONTRIBUTI A FAVORE DELL’ATTIVITÀ TEATRALE LOCALE</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="42308730" w14:textId="4D93A2A8" w:rsidR="0058599A" w:rsidRDefault="00DC525C" w:rsidP="0058599A">
+  <w:p w14:paraId="42308730" w14:textId="560649F5" w:rsidR="0058599A" w:rsidRDefault="00DC525C" w:rsidP="0058599A">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
       <w:t>- ANNO 202</w:t>
     </w:r>
-    <w:r w:rsidR="00BF5C7B">
+    <w:r w:rsidR="00EE399D">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="0058599A">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> –</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5ABF07F7" w14:textId="77777777" w:rsidR="0058599A" w:rsidRDefault="0058599A" w:rsidP="0058599A">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
@@ -5645,52 +5347,52 @@
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3AB11FED" w14:textId="77777777" w:rsidR="00042128" w:rsidRDefault="00042128" w:rsidP="00374D4B">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3822A163" w14:textId="77777777" w:rsidR="003F4CEF" w:rsidRDefault="003F4CEF">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="030F0CAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E250C6EE"/>
     <w:lvl w:ilvl="0" w:tplc="5AA604CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5736,51 +5438,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="065D43DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8CEDE34"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -5825,51 +5527,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09510743"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B322812"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5938,51 +5640,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="194B1902"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="599C3366"/>
     <w:lvl w:ilvl="0" w:tplc="5AA604CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6028,51 +5730,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F673C4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F494579E"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6141,51 +5843,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F6E3964"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97C4AF4E"/>
     <w:lvl w:ilvl="0" w:tplc="7A12906E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6282,51 +5984,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="319444EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="47723C56"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -6370,51 +6072,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3328511A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3F864B96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6456,51 +6158,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4740" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="507F6E4D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9C3C15C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6542,51 +6244,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55101B81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8E6ADFE"/>
     <w:lvl w:ilvl="0" w:tplc="04100011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6628,51 +6330,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="558B0A15"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A7AAAFF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -6717,51 +6419,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58E177E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40E4C41E"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
@@ -6806,51 +6508,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F5C1692"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="43CA1556"/>
     <w:lvl w:ilvl="0" w:tplc="5394E406">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6919,51 +6621,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79213B34"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D89C7612"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7051,78 +6753,79 @@
   <w:num w:numId="8">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="156"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C1714"/>
     <w:rsid w:val="00032018"/>
+    <w:rsid w:val="00033381"/>
     <w:rsid w:val="00042128"/>
     <w:rsid w:val="0004237E"/>
     <w:rsid w:val="000432B3"/>
     <w:rsid w:val="0006017A"/>
     <w:rsid w:val="00087596"/>
     <w:rsid w:val="00095D83"/>
     <w:rsid w:val="00096B6C"/>
     <w:rsid w:val="00096CBE"/>
     <w:rsid w:val="000B3A8B"/>
     <w:rsid w:val="000B7DCD"/>
     <w:rsid w:val="001067D4"/>
     <w:rsid w:val="00111A25"/>
     <w:rsid w:val="00113B6A"/>
     <w:rsid w:val="0012339E"/>
     <w:rsid w:val="001310FC"/>
     <w:rsid w:val="00162977"/>
     <w:rsid w:val="0017639F"/>
     <w:rsid w:val="0018682E"/>
     <w:rsid w:val="00190A50"/>
     <w:rsid w:val="001A3F58"/>
     <w:rsid w:val="001B1022"/>
     <w:rsid w:val="001C45DA"/>
     <w:rsid w:val="001C6238"/>
     <w:rsid w:val="001E6536"/>
     <w:rsid w:val="001F250E"/>
@@ -7279,119 +6982,120 @@
     <w:rsid w:val="00D2401B"/>
     <w:rsid w:val="00D247E3"/>
     <w:rsid w:val="00D428ED"/>
     <w:rsid w:val="00D42CCB"/>
     <w:rsid w:val="00D433CA"/>
     <w:rsid w:val="00D54970"/>
     <w:rsid w:val="00D97EEE"/>
     <w:rsid w:val="00DB22AC"/>
     <w:rsid w:val="00DC525C"/>
     <w:rsid w:val="00DD679E"/>
     <w:rsid w:val="00DD7591"/>
     <w:rsid w:val="00DE256F"/>
     <w:rsid w:val="00E16FE6"/>
     <w:rsid w:val="00E1712C"/>
     <w:rsid w:val="00E37A6D"/>
     <w:rsid w:val="00E42410"/>
     <w:rsid w:val="00E47658"/>
     <w:rsid w:val="00E55AC1"/>
     <w:rsid w:val="00E70735"/>
     <w:rsid w:val="00E8262F"/>
     <w:rsid w:val="00E9442E"/>
     <w:rsid w:val="00EA1EC6"/>
     <w:rsid w:val="00EA377B"/>
     <w:rsid w:val="00EA5523"/>
     <w:rsid w:val="00EB4FCD"/>
+    <w:rsid w:val="00EE399D"/>
     <w:rsid w:val="00EF48A6"/>
     <w:rsid w:val="00EF6F53"/>
     <w:rsid w:val="00F054D4"/>
     <w:rsid w:val="00F11F0A"/>
     <w:rsid w:val="00F15A11"/>
     <w:rsid w:val="00F2501B"/>
     <w:rsid w:val="00F259E2"/>
     <w:rsid w:val="00F272C7"/>
     <w:rsid w:val="00F27FD5"/>
     <w:rsid w:val="00F32F49"/>
     <w:rsid w:val="00F4472F"/>
     <w:rsid w:val="00F463C3"/>
     <w:rsid w:val="00F523C8"/>
     <w:rsid w:val="00F675B5"/>
     <w:rsid w:val="00F81578"/>
     <w:rsid w:val="00F815DE"/>
     <w:rsid w:val="00F83851"/>
     <w:rsid w:val="00F8640E"/>
     <w:rsid w:val="00F9566F"/>
     <w:rsid w:val="00FA723F"/>
     <w:rsid w:val="00FB68FC"/>
     <w:rsid w:val="00FD635E"/>
     <w:rsid w:val="00FD7A89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="33850E19"/>
   <w15:docId w15:val="{1AB5BED0-904C-4048-8199-7DA01C5C5737}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7719,50 +7423,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
@@ -8028,65 +7737,58 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TestonotadichiusuraCarattere">
     <w:name w:val="Testo nota di chiusura Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Testonotadichiusura"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E37A6D"/>
   </w:style>
   <w:style w:type="character" w:styleId="Rimandonotadichiusura">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E37A6D"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grigliatabella">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabellanormale"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00435571"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Corpodeltesto3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="Corpodeltesto3Carattere"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004237E"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Corpodeltesto3Carattere">
     <w:name w:val="Corpo del testo 3 Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Corpodeltesto3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0004237E"/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -8096,51 +7798,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TitoloCarattere">
     <w:name w:val="Titolo Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Titolo"/>
     <w:rsid w:val="00311E6F"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Enfasicorsivo">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00F272C7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1185097514">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1287542405">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>