--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -552,70 +552,70 @@
     </w:p>
     <w:p w14:paraId="34A262FD" w14:textId="54BC52A9" w:rsidR="00053E83" w:rsidRDefault="00053E83" w:rsidP="00D824E1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C5462CA" w14:textId="69A6E018" w:rsidR="002D00E3" w:rsidRDefault="002D00E3" w:rsidP="00D824E1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41EFE511" w14:textId="77777777" w:rsidR="00053E83" w:rsidRDefault="00053E83" w:rsidP="00D824E1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DFD047A" w14:textId="0F225FBE" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002D00E3">
+    <w:p w14:paraId="1DFD047A" w14:textId="2E06FD04" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002D00E3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="00CC0433">
+      <w:r w:rsidR="000D582E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CB4A642" w14:textId="77777777" w:rsidR="002D00E3" w:rsidRPr="002D00E3" w:rsidRDefault="002D00E3" w:rsidP="002D00E3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
@@ -725,51 +725,60 @@
               </w:rPr>
               <w:t xml:space="preserve"> componenti delle cariche statutarie</w:t>
             </w:r>
             <w:r w:rsidR="00053E83">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14D8D34E" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="009E1190">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C40C6D" w14:paraId="6CD0ABDA" w14:textId="77777777" w:rsidTr="002652B1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74EBEF1F" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="1A417984" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="5CDF7D2A" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
-          <w:p w14:paraId="04D1A7A7" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
+          <w:p w14:paraId="04D1A7A7" w14:textId="5D253BFF" w:rsidR="00C40C6D" w:rsidRDefault="000D582E" w:rsidP="000D582E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4052"/>
+              </w:tabs>
+            </w:pPr>
+            <w:r>
+              <w:tab/>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="7A195AA7" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="39B7A038" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="548A5F61" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="5B7A00AD" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="7278D106" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="1FF7CDC4" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="009D91FA" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="37F5D905" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="6D936D4E" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="4BD5427F" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="4F64D109" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="69B42A5F" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="3FCA7220" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="548919E1" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="2AB2A7ED" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="22E10B1D" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="2E740D1C" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="3527C024" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="5102FE2B" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="7ADD9055" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="20F70F7B" w14:textId="77777777" w:rsidR="00D2005D" w:rsidRDefault="00D2005D" w:rsidP="002652B1"/>
           <w:p w14:paraId="4119AC3D" w14:textId="77777777" w:rsidR="00D2005D" w:rsidRDefault="00D2005D" w:rsidP="002652B1"/>
           <w:p w14:paraId="10F16FBD" w14:textId="5DDFB038" w:rsidR="00C40C6D" w:rsidRDefault="00C40C6D" w:rsidP="002652B1"/>
           <w:p w14:paraId="69784C9A" w14:textId="471F9E3D" w:rsidR="00053E83" w:rsidRDefault="00053E83" w:rsidP="002652B1"/>
           <w:p w14:paraId="3975F064" w14:textId="77777777" w:rsidR="00053E83" w:rsidRDefault="00053E83" w:rsidP="002652B1"/>
@@ -1161,51 +1170,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="077BC258" w14:textId="77777777" w:rsidR="00E37A6D" w:rsidRDefault="00E37A6D">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FE1E57B" wp14:editId="682D6896">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>548</wp:posOffset>
@@ -1460,85 +1469,85 @@
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>CONTRIBUTI A</w:t>
     </w:r>
     <w:r w:rsidR="008A2BD9">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">LLE ASSOCIAZIONI CULTURALI VALDOSTANE </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4D12D212" w14:textId="47D23833" w:rsidR="0058599A" w:rsidRDefault="00DC525C" w:rsidP="0058599A">
+  <w:p w14:paraId="4D12D212" w14:textId="1CB29D3D" w:rsidR="0058599A" w:rsidRDefault="00DC525C" w:rsidP="0058599A">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
       <w:t>- ANNO 202</w:t>
     </w:r>
-    <w:r w:rsidR="00CC0433">
+    <w:r w:rsidR="000D582E">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="0058599A">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> –</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6611DE9E" w14:textId="77777777" w:rsidR="0058599A" w:rsidRDefault="0058599A" w:rsidP="0058599A">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
@@ -3807,86 +3816,88 @@
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:val="bestFit" w:percent="179"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C1714"/>
     <w:rsid w:val="00032018"/>
     <w:rsid w:val="0004237E"/>
     <w:rsid w:val="000432B3"/>
     <w:rsid w:val="00053E83"/>
     <w:rsid w:val="0006017A"/>
     <w:rsid w:val="00087596"/>
     <w:rsid w:val="00095D83"/>
     <w:rsid w:val="00096B6C"/>
     <w:rsid w:val="00096CBE"/>
     <w:rsid w:val="000B3A8B"/>
     <w:rsid w:val="000B7DCD"/>
     <w:rsid w:val="000C6F5E"/>
+    <w:rsid w:val="000D582E"/>
     <w:rsid w:val="000E6489"/>
     <w:rsid w:val="001067D4"/>
     <w:rsid w:val="00113B6A"/>
     <w:rsid w:val="00113FDE"/>
     <w:rsid w:val="0012339E"/>
     <w:rsid w:val="001310FC"/>
     <w:rsid w:val="00162977"/>
     <w:rsid w:val="0017639F"/>
     <w:rsid w:val="0018682E"/>
     <w:rsid w:val="00190A50"/>
     <w:rsid w:val="001A3F58"/>
     <w:rsid w:val="001B1022"/>
     <w:rsid w:val="001C0E17"/>
     <w:rsid w:val="001C45DA"/>
     <w:rsid w:val="001C6238"/>
     <w:rsid w:val="001E6536"/>
     <w:rsid w:val="001F250E"/>
     <w:rsid w:val="00222FEA"/>
     <w:rsid w:val="00240DB6"/>
     <w:rsid w:val="002571FE"/>
     <w:rsid w:val="00267F9A"/>
     <w:rsid w:val="002867F8"/>
     <w:rsid w:val="002948B8"/>
     <w:rsid w:val="002952A6"/>
     <w:rsid w:val="002B2D07"/>
@@ -4093,51 +4104,51 @@
     <w:rsid w:val="00F815DE"/>
     <w:rsid w:val="00F83851"/>
     <w:rsid w:val="00F8640E"/>
     <w:rsid w:val="00F9566F"/>
     <w:rsid w:val="00FA723F"/>
     <w:rsid w:val="00FB68FC"/>
     <w:rsid w:val="00FD635E"/>
     <w:rsid w:val="00FD7A89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="519B40AB"/>
   <w15:docId w15:val="{8C5D931C-395D-481B-A8C1-F481EDCB9B9B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
@@ -5206,66 +5217,66 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84B4DB4E-5CA2-445F-B617-6B4E918A6FA7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>113</Words>
-  <Characters>646</Characters>
+  <Characters>647</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ALL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>758</CharactersWithSpaces>
+  <CharactersWithSpaces>759</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ALL</dc:title>
   <dc:creator>regione lombardia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>