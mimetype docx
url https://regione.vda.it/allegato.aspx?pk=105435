--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -129,51 +129,51 @@
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>LO B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="369B997C" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A5BFE32" w14:textId="66097F2C" w:rsidR="00AF5296" w:rsidRPr="00AF5296" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
+          <w:p w14:paraId="0A5BFE32" w14:textId="0CC06A83" w:rsidR="00AF5296" w:rsidRPr="00AF5296" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00496E92">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
@@ -193,58 +193,58 @@
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">PREVISIONALE </w:t>
             </w:r>
             <w:r w:rsidR="00591744">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">di competenza </w:t>
             </w:r>
             <w:r w:rsidR="00496E92">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00FF6E09">
+            <w:r w:rsidR="00EF5BB2">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="063376F8" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRPr="000B3A8B" w:rsidRDefault="00AF5296" w:rsidP="00B57093">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A73D7A0" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRDefault="00AF5296" w:rsidP="00162977">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5923DFFA" w14:textId="77777777" w:rsidR="00AF5296" w:rsidRDefault="00AF5296" w:rsidP="00162977">
@@ -438,160 +438,170 @@
     </w:p>
     <w:p w14:paraId="185AB6F6" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B29B117" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="397BA243" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="570CB530" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
-      <w:pPr>
+    <w:p w14:paraId="570CB530" w14:textId="72D333FE" w:rsidR="008F786C" w:rsidRDefault="00F83183" w:rsidP="00F83183">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4153"/>
+        </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="308E321D" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
+    <w:p w14:paraId="1D8FCBE8" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A254A2A" w14:textId="77777777" w:rsidR="005418EC" w:rsidRDefault="005418EC">
+    <w:p w14:paraId="308E321D" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="639B1FF9" w14:textId="77777777" w:rsidR="00834A57" w:rsidRDefault="00834A57">
+    <w:p w14:paraId="5A254A2A" w14:textId="77777777" w:rsidR="005418EC" w:rsidRDefault="005418EC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="512670D1" w14:textId="77777777" w:rsidR="005418EC" w:rsidRDefault="005418EC">
+    <w:p w14:paraId="639B1FF9" w14:textId="77777777" w:rsidR="00834A57" w:rsidRDefault="00834A57">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AC2E834" w14:textId="77777777" w:rsidR="005418EC" w:rsidRDefault="005418EC">
+    <w:p w14:paraId="512670D1" w14:textId="77777777" w:rsidR="005418EC" w:rsidRDefault="005418EC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3252EA68" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
+    <w:p w14:paraId="4AC2E834" w14:textId="77777777" w:rsidR="005418EC" w:rsidRDefault="005418EC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31F7779E" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
+    <w:p w14:paraId="3252EA68" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DB4A816" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
+    <w:p w14:paraId="31F7779E" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16A13CF8" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
+    <w:p w14:paraId="7DB4A816" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42ACBC01" w14:textId="3393E1C3" w:rsidR="005418EC" w:rsidRDefault="005418EC" w:rsidP="005418EC">
+    <w:p w14:paraId="16A13CF8" w14:textId="77777777" w:rsidR="008F786C" w:rsidRDefault="008F786C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42ACBC01" w14:textId="40CCB038" w:rsidR="005418EC" w:rsidRDefault="005418EC" w:rsidP="005418EC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="00412BAD">
+      <w:r w:rsidR="00EF5BB2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B537E5" w14:textId="77777777" w:rsidR="005418EC" w:rsidRDefault="005418EC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9727" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -603,149 +613,149 @@
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F786C" w:rsidRPr="000B3A8B" w14:paraId="4EB1AD68" w14:textId="77777777" w:rsidTr="00AF5296">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7E2E3B9B" w14:textId="359BEFEE" w:rsidR="008F786C" w:rsidRPr="000B3A8B" w:rsidRDefault="00496E92" w:rsidP="002A6409">
+          <w:p w14:paraId="7E2E3B9B" w14:textId="47220D0D" w:rsidR="008F786C" w:rsidRPr="000B3A8B" w:rsidRDefault="00496E92" w:rsidP="002A6409">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>BILANCIO PREVISIONALE</w:t>
             </w:r>
             <w:r w:rsidR="00B57093">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00591744">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">di competenza </w:t>
             </w:r>
             <w:r w:rsidR="00B57093">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00FF6E09">
+            <w:r w:rsidR="00F83183">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1156519D" w14:textId="77777777" w:rsidR="00B57093" w:rsidRDefault="00B57093" w:rsidP="00B57093">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3785BDEA" w14:textId="3360A29E" w:rsidR="001A419F" w:rsidRDefault="00591744" w:rsidP="001A419F">
+    <w:p w14:paraId="3785BDEA" w14:textId="505F4B29" w:rsidR="001A419F" w:rsidRDefault="00591744" w:rsidP="001A419F">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D2C5E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In questo prospetto vanno </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>preventivati tutti i ricavi e i costi afferenti alle categorie di spesa ammissibili connessi alla realizzazione delle a</w:t>
       </w:r>
       <w:r w:rsidRPr="003D2C5E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ttività e al funzionamento del beneficia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rio di competenza dell’anno 202</w:t>
       </w:r>
-      <w:r w:rsidR="00FF6E09">
+      <w:r w:rsidR="00F83183">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="003D2C5E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D39798" w14:textId="77777777" w:rsidR="00591744" w:rsidRDefault="00591744" w:rsidP="001A419F">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="706B7709" w14:textId="77777777" w:rsidR="00591744" w:rsidRPr="00591744" w:rsidRDefault="00591744" w:rsidP="00591744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
@@ -2052,51 +2062,65 @@
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="722103C3" w14:textId="77777777" w:rsidR="00591744" w:rsidRPr="00591744" w:rsidRDefault="00591744" w:rsidP="00591744">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00591744">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Spese per la realizzazione di materiale didat</w:t>
             </w:r>
             <w:r w:rsidR="002A6409">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>tico, promozionale, informativo attinenti l’attività istituzionale</w:t>
+              <w:t xml:space="preserve">tico, promozionale, informativo attinenti </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="002A6409">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>l’attività</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="002A6409">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> istituzionale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="779A562F" w14:textId="77777777" w:rsidR="00591744" w:rsidRPr="00591744" w:rsidRDefault="00591744" w:rsidP="00591744">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
@@ -2132,51 +2156,65 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CDB4F7D" w14:textId="77777777" w:rsidR="00591744" w:rsidRPr="00591744" w:rsidRDefault="00591744" w:rsidP="00591744">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00591744">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Spese per la stampa e la pubblicazione di opere attinenti l’attività istituzionale</w:t>
+              <w:t xml:space="preserve">Spese per la stampa e la pubblicazione di opere attinenti </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00591744">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>l’attività</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00591744">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> istituzionale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34855E47" w14:textId="77777777" w:rsidR="00591744" w:rsidRPr="00591744" w:rsidRDefault="00591744" w:rsidP="00591744">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDN/>
               <w:spacing w:line="276" w:lineRule="auto"/>
@@ -2891,51 +2929,111 @@
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00591744">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(specificare Ente – </w:t>
             </w:r>
             <w:r w:rsidRPr="00591744">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consiglio regionale, Comune, Unité des Communes, altro </w:t>
+              <w:t xml:space="preserve">Consiglio regionale, Comune, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00591744">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Unité</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00591744">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00591744">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>des</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00591744">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00591744">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Communes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00591744">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, altro </w:t>
             </w:r>
             <w:r w:rsidRPr="00591744">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>– e relativo importo)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AA312B2" w14:textId="77777777" w:rsidR="00591744" w:rsidRPr="00591744" w:rsidRDefault="00591744" w:rsidP="00591744">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
@@ -4512,51 +4610,51 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -4821,88 +4919,88 @@
   <w:p w14:paraId="525EB571" w14:textId="77777777" w:rsidR="00B57093" w:rsidRPr="00A53E77" w:rsidRDefault="00591744" w:rsidP="00726FAC">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>CONTRIBUTI ALLE ASSOCIAZIONI CULTURALI VALDOSTANE</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1663A0E5" w14:textId="299C0637" w:rsidR="00B57093" w:rsidRPr="00A53E77" w:rsidRDefault="00B57093" w:rsidP="00726FAC">
+  <w:p w14:paraId="1663A0E5" w14:textId="1A557949" w:rsidR="00B57093" w:rsidRPr="00A53E77" w:rsidRDefault="00B57093" w:rsidP="00726FAC">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4747"/>
         <w:tab w:val="left" w:pos="6087"/>
       </w:tabs>
       <w:ind w:right="144"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
       <w:t>- ANNO 202</w:t>
     </w:r>
-    <w:r w:rsidR="00FF6E09">
+    <w:r w:rsidR="00EF5BB2">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="072039CD" w14:textId="77777777" w:rsidR="00B57093" w:rsidRDefault="00B57093">
@@ -7279,56 +7377,57 @@
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:val="bestFit" w:percent="179"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C1714"/>
     <w:rsid w:val="00002954"/>
     <w:rsid w:val="00032018"/>
     <w:rsid w:val="000432B3"/>
     <w:rsid w:val="0006017A"/>
     <w:rsid w:val="00065F5F"/>
     <w:rsid w:val="00095D83"/>
     <w:rsid w:val="00096B6C"/>
@@ -7516,88 +7615,90 @@
     <w:rsid w:val="00D42CCB"/>
     <w:rsid w:val="00D532D4"/>
     <w:rsid w:val="00D54970"/>
     <w:rsid w:val="00D701E1"/>
     <w:rsid w:val="00D95C53"/>
     <w:rsid w:val="00D97EEE"/>
     <w:rsid w:val="00DB017E"/>
     <w:rsid w:val="00DB22AC"/>
     <w:rsid w:val="00DB45AF"/>
     <w:rsid w:val="00DD679E"/>
     <w:rsid w:val="00DD7591"/>
     <w:rsid w:val="00DE256F"/>
     <w:rsid w:val="00E16FE6"/>
     <w:rsid w:val="00E37A6D"/>
     <w:rsid w:val="00E47658"/>
     <w:rsid w:val="00E55AC1"/>
     <w:rsid w:val="00E70735"/>
     <w:rsid w:val="00E8262F"/>
     <w:rsid w:val="00E9442E"/>
     <w:rsid w:val="00EA1EC6"/>
     <w:rsid w:val="00EA377B"/>
     <w:rsid w:val="00EA5523"/>
     <w:rsid w:val="00EB4FCD"/>
     <w:rsid w:val="00ED607C"/>
     <w:rsid w:val="00EF48A6"/>
+    <w:rsid w:val="00EF5BB2"/>
     <w:rsid w:val="00EF6F53"/>
     <w:rsid w:val="00F15A11"/>
     <w:rsid w:val="00F2501B"/>
     <w:rsid w:val="00F259E2"/>
     <w:rsid w:val="00F32F49"/>
     <w:rsid w:val="00F4472F"/>
     <w:rsid w:val="00F463C3"/>
     <w:rsid w:val="00F523C8"/>
     <w:rsid w:val="00F675B5"/>
     <w:rsid w:val="00F81578"/>
     <w:rsid w:val="00F815DE"/>
+    <w:rsid w:val="00F83183"/>
     <w:rsid w:val="00F83851"/>
     <w:rsid w:val="00F8640E"/>
     <w:rsid w:val="00F93214"/>
     <w:rsid w:val="00F9566F"/>
     <w:rsid w:val="00FA723F"/>
     <w:rsid w:val="00FB68FC"/>
     <w:rsid w:val="00FD635E"/>
     <w:rsid w:val="00FD7A89"/>
     <w:rsid w:val="00FF6E09"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="759B2C1E"/>
   <w15:docId w15:val="{8A60A582-F36D-4B66-B24F-C1D36F77456F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
@@ -8640,66 +8741,66 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42902003-0BB5-437D-A7BC-21CBEA82BACA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>497</Words>
-  <Characters>2838</Characters>
+  <Characters>2839</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ALL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3329</CharactersWithSpaces>
+  <CharactersWithSpaces>3330</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ALL</dc:title>
   <dc:creator>regione lombardia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>