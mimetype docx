--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -122,96 +122,96 @@
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76AA7F84" w14:textId="77777777" w:rsidR="002867F8" w:rsidRPr="002867F8" w:rsidRDefault="002867F8" w:rsidP="00374D4B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="05EAF473" w14:textId="5D5CA764" w:rsidR="008A2BD9" w:rsidRDefault="000E6489" w:rsidP="008A2BD9">
+          <w:p w14:paraId="05EAF473" w14:textId="746ABE53" w:rsidR="008A2BD9" w:rsidRDefault="000E6489" w:rsidP="008A2BD9">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E6489">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>SCHEDA DI PROGETTO ILLUSTRANTE IL PIANO PROGRAMMATICO DI ATTIVITA</w:t>
             </w:r>
             <w:r w:rsidR="002867F8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> ORDINARIA</w:t>
             </w:r>
             <w:r w:rsidRPr="000E6489">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
-            <w:r w:rsidR="00295E90">
+            <w:r w:rsidR="00470D99">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21B09F3E" w14:textId="77777777" w:rsidR="009E1190" w:rsidRPr="002867F8" w:rsidRDefault="009E1190" w:rsidP="009E1190">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="34B0566B" w14:textId="77777777" w:rsidR="00C40C6D" w:rsidRPr="002867F8" w:rsidRDefault="00C40C6D" w:rsidP="00C40C6D">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -546,169 +546,169 @@
     </w:p>
     <w:p w14:paraId="47AE1A6B" w14:textId="7D3862DE" w:rsidR="00C75E91" w:rsidRDefault="00C75E91" w:rsidP="00D824E1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7735E358" w14:textId="695F9B2E" w:rsidR="00C75E91" w:rsidRDefault="00C75E91" w:rsidP="00D824E1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13D1296D" w14:textId="77777777" w:rsidR="00C75E91" w:rsidRDefault="00C75E91" w:rsidP="00D824E1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3883B324" w14:textId="6800521F" w:rsidR="0058599A" w:rsidRDefault="00C40C6D">
+    <w:p w14:paraId="3883B324" w14:textId="312A3CF3" w:rsidR="0058599A" w:rsidRDefault="00C40C6D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DOMANDA 202</w:t>
       </w:r>
-      <w:r w:rsidR="00295E90">
+      <w:r w:rsidR="00470D99">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SOGGETTO BENEFICIARIO __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="318D0A74" w14:textId="77777777" w:rsidR="002D00E3" w:rsidRPr="002D00E3" w:rsidRDefault="002D00E3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="006417E8" w14:paraId="76715330" w14:textId="77777777" w:rsidTr="000535B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F7C343C" w14:textId="77777777" w:rsidR="006417E8" w:rsidRDefault="000E6489" w:rsidP="000535B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>SCHEDA DI PROGETTO ILLUSTRANTE IL PIANO</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AECB890" w14:textId="1FBC31D4" w:rsidR="006417E8" w:rsidRDefault="006417E8" w:rsidP="009E1190">
+          <w:p w14:paraId="4AECB890" w14:textId="557EE35C" w:rsidR="006417E8" w:rsidRDefault="006417E8" w:rsidP="009E1190">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>PROGRAMMA</w:t>
             </w:r>
             <w:r w:rsidR="000E6489">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>TICO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> DI ATTIVI</w:t>
             </w:r>
             <w:r w:rsidRPr="00B51A7E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">TÀ </w:t>
             </w:r>
             <w:r w:rsidR="00C40C6D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00295E90">
+            <w:r w:rsidR="00470D99">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006417E8" w14:paraId="3C6F5CE1" w14:textId="77777777" w:rsidTr="006417E8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="093595B9" w14:textId="6FFE5D67" w:rsidR="006417E8" w:rsidRDefault="006417E8" w:rsidP="006417E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(MAX 5.000 BATTUTE)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67BD879D" w14:textId="77777777" w:rsidR="006417E8" w:rsidRPr="004677F6" w:rsidRDefault="006417E8" w:rsidP="006417E8">
@@ -1290,51 +1290,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="077BC258" w14:textId="77777777" w:rsidR="00E37A6D" w:rsidRDefault="00E37A6D">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FE1E57B" wp14:editId="682D6896">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>548</wp:posOffset>
@@ -1589,85 +1589,85 @@
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>CONTRIBUTI A</w:t>
     </w:r>
     <w:r w:rsidR="008A2BD9">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">LLE ASSOCIAZIONI CULTURALI VALDOSTANE </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4D12D212" w14:textId="1C4924DD" w:rsidR="0058599A" w:rsidRDefault="00DC525C" w:rsidP="0058599A">
+  <w:p w14:paraId="4D12D212" w14:textId="3F8EF823" w:rsidR="0058599A" w:rsidRDefault="00DC525C" w:rsidP="0058599A">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
       <w:t>- ANNO 202</w:t>
     </w:r>
-    <w:r w:rsidR="00295E90">
+    <w:r w:rsidR="00470D99">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="0058599A">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> –</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6611DE9E" w14:textId="77777777" w:rsidR="0058599A" w:rsidRDefault="0058599A" w:rsidP="0058599A">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
@@ -3936,57 +3936,56 @@
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:val="bestFit" w:percent="179"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C1714"/>
     <w:rsid w:val="00032018"/>
     <w:rsid w:val="0004237E"/>
     <w:rsid w:val="000432B3"/>
     <w:rsid w:val="0006017A"/>
     <w:rsid w:val="00087596"/>
     <w:rsid w:val="00095D83"/>
     <w:rsid w:val="00096B6C"/>
@@ -4025,50 +4024,51 @@
     <w:rsid w:val="002E2F71"/>
     <w:rsid w:val="002E312A"/>
     <w:rsid w:val="00311E6F"/>
     <w:rsid w:val="00330032"/>
     <w:rsid w:val="00352B1B"/>
     <w:rsid w:val="00374D4B"/>
     <w:rsid w:val="0037669E"/>
     <w:rsid w:val="003926D7"/>
     <w:rsid w:val="00394C61"/>
     <w:rsid w:val="003A7618"/>
     <w:rsid w:val="003B23CD"/>
     <w:rsid w:val="003C1714"/>
     <w:rsid w:val="003C6629"/>
     <w:rsid w:val="003E2094"/>
     <w:rsid w:val="003E3361"/>
     <w:rsid w:val="003E662D"/>
     <w:rsid w:val="003F4CEF"/>
     <w:rsid w:val="003F5F4E"/>
     <w:rsid w:val="00404CDF"/>
     <w:rsid w:val="00414396"/>
     <w:rsid w:val="00426667"/>
     <w:rsid w:val="00434D07"/>
     <w:rsid w:val="00435571"/>
     <w:rsid w:val="00440237"/>
     <w:rsid w:val="004677F6"/>
+    <w:rsid w:val="00470D99"/>
     <w:rsid w:val="004750C1"/>
     <w:rsid w:val="004A779F"/>
     <w:rsid w:val="004C07FF"/>
     <w:rsid w:val="004C4E22"/>
     <w:rsid w:val="004C7A7C"/>
     <w:rsid w:val="004D0E12"/>
     <w:rsid w:val="004E0709"/>
     <w:rsid w:val="004E185B"/>
     <w:rsid w:val="00501294"/>
     <w:rsid w:val="00506590"/>
     <w:rsid w:val="00510BA7"/>
     <w:rsid w:val="00526407"/>
     <w:rsid w:val="005337EC"/>
     <w:rsid w:val="0053562A"/>
     <w:rsid w:val="00537129"/>
     <w:rsid w:val="00555103"/>
     <w:rsid w:val="005551A8"/>
     <w:rsid w:val="005578F6"/>
     <w:rsid w:val="0056188B"/>
     <w:rsid w:val="00564D48"/>
     <w:rsid w:val="00567B78"/>
     <w:rsid w:val="00583DC8"/>
     <w:rsid w:val="0058599A"/>
     <w:rsid w:val="0059735E"/>
     <w:rsid w:val="005A1F35"/>
@@ -4225,51 +4225,51 @@
     <w:rsid w:val="00F815DE"/>
     <w:rsid w:val="00F83851"/>
     <w:rsid w:val="00F8640E"/>
     <w:rsid w:val="00F9566F"/>
     <w:rsid w:val="00FA723F"/>
     <w:rsid w:val="00FB68FC"/>
     <w:rsid w:val="00FD635E"/>
     <w:rsid w:val="00FD7A89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="519B40AB"/>
   <w15:docId w15:val="{8C5D931C-395D-481B-A8C1-F481EDCB9B9B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>