--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -308,62 +308,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AF66388" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">nato/a </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>nato/a a</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1955303A" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="007301ED" w:rsidRDefault="00A53E77" w:rsidP="00A00416">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A53E77" w:rsidRPr="007301ED" w14:paraId="3288B5E9" w14:textId="77777777" w:rsidTr="009D2942">
@@ -1071,69 +1061,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7966" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0827E093" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00007357" w:rsidP="0055600A">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>C.F.________________________________________</w:t>
-[...17 lines deleted...]
-              <w:t>. _________________________________________</w:t>
+              <w:t>C.F._________________________________________  P.IVA. _________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00481693" w:rsidRPr="007301ED" w14:paraId="2A13E347" w14:textId="77777777" w:rsidTr="009D2942">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13BE3671" w14:textId="77777777" w:rsidR="00481693" w:rsidRPr="007301ED" w:rsidRDefault="00481693" w:rsidP="0055600A">
             <w:pPr>
               <w:rPr>
                 <w:w w:val="90"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -2467,57 +2439,52 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22CDAD8F" w14:textId="77777777" w:rsidR="00A53E77" w:rsidRPr="006D0B02" w:rsidRDefault="006D0B02" w:rsidP="006D0B02">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
             <w:r w:rsidRPr="007301ED">
               <w:sym w:font="Webdings" w:char="F063"/>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> Scrittura privava semplice in data ___________________</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> Scrittura privava semplice in data ____________________ .</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4BC93DC7" w14:textId="77777777" w:rsidR="00D17993" w:rsidRDefault="00D17993" w:rsidP="001E44E1">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0253EB2A" w14:textId="77777777" w:rsidR="006A35BA" w:rsidRPr="001E6546" w:rsidRDefault="006A35BA" w:rsidP="001E44E1">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2846,82 +2813,82 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="631CB8C2" w14:textId="77777777" w:rsidR="001E6546" w:rsidRPr="004F7828" w:rsidRDefault="001E6546" w:rsidP="001E6546">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="96"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E44E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>CHIEDE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FE8E369" w14:textId="368E476B" w:rsidR="006D0B02" w:rsidRPr="00196F43" w:rsidRDefault="001E6546" w:rsidP="0018468E">
+    <w:p w14:paraId="5FE8E369" w14:textId="10741BF3" w:rsidR="006D0B02" w:rsidRPr="00196F43" w:rsidRDefault="001E6546" w:rsidP="0018468E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="98"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:strike/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0018468E">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>DI BENEFICIARE, PER L’ANNUALITÀ 202</w:t>
       </w:r>
-      <w:r w:rsidR="00196F43">
+      <w:r w:rsidR="00EF4B31">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0018468E">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C032AA" w:rsidRPr="0018468E">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>DELL’INTERVENTO REGIONALE A SOSTEGNO</w:t>
       </w:r>
       <w:r w:rsidR="00C032AA" w:rsidRPr="00DD7963">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
@@ -3017,65 +2984,51 @@
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>79</w:t>
       </w:r>
       <w:r w:rsidR="0086495E">
         <w:rPr>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C89B42" w14:textId="77777777" w:rsidR="008704BF" w:rsidRPr="006D0B02" w:rsidRDefault="001E6546" w:rsidP="006D0B02">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A tal fine, ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della </w:t>
-[...13 lines deleted...]
-        <w:t>. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti:</w:t>
+        <w:t>A tal fine, ai sensi del D.P.R. 28 dicembre 2000, n. 445 ed in particolare ai sensi degli articoli 46 e 47 del medesimo, e degli articoli 30 e 31 della l.r. 19/2007, sotto la propria esclusiva responsabilità e consapevole delle sanzioni previste dalla legislazione penale e dalle leggi speciali in materia di falsità degli atti:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF91282" w14:textId="77777777" w:rsidR="002C7CED" w:rsidRPr="002C7CED" w:rsidRDefault="002C7CED" w:rsidP="006A7BAC">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7147F5C4" w14:textId="77777777" w:rsidR="006D0B02" w:rsidRPr="008E150E" w:rsidRDefault="00682C64" w:rsidP="008704BF">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E44E1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
@@ -3413,59 +3366,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>nto autore dell’illecito penale;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B74DC99" w14:textId="77777777" w:rsidR="00C032AA" w:rsidRDefault="00C032AA" w:rsidP="00C032AA">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
+        <w:t>di essere a conoscenza che la dichiarazione mendace comporta, ai sensi dell’articolo 264, comma 2, lettera a), numero 2), del d.l. 34/2020, convertito con legge del 17 luglio 2020, n. 77, il divieto di accesso a contributi, finanziamenti e agevolazioni per un periodo di due anni decorrenti dalla data di adozione del provvedimento di revoca;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D3FDE48" w14:textId="77777777" w:rsidR="00C032AA" w:rsidRDefault="00C032AA" w:rsidP="00C032AA">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>di prendere atto che, in caso di concessione del contributo, la</w:t>
       </w:r>
       <w:r w:rsidR="00A95C11">
         <w:t xml:space="preserve"> denominazione dell’ente </w:t>
       </w:r>
       <w:r w:rsidR="00E069EF">
         <w:t>beneficiario</w:t>
@@ -3776,57 +3721,52 @@
       <w:tr w:rsidR="00EA4E79" w14:paraId="5DDC8865" w14:textId="77777777" w:rsidTr="000C4E94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="27167D85" w14:textId="77777777" w:rsidR="009000B9" w:rsidRPr="000C4E94" w:rsidRDefault="00EA4E79" w:rsidP="00666BA5">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C4E94">
               <w:t>che – in riferimento all’art. 6</w:t>
             </w:r>
             <w:r w:rsidR="009000B9" w:rsidRPr="000C4E94">
               <w:t>, comma 2,</w:t>
             </w:r>
             <w:r w:rsidRPr="000C4E94">
               <w:t xml:space="preserve"> della legge 30 luglio 2010, n. 122 “Conversione in legge, con modificazioni, del decreto‐ legg</w:t>
             </w:r>
             <w:r w:rsidR="009000B9" w:rsidRPr="000C4E94">
-              <w:t>e 31 maggio 2010, n. 78 (...)</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>e 31 maggio 2010, n. 78 (...)” :</w:t>
+            </w:r>
             <w:r w:rsidR="009000B9" w:rsidRPr="000C4E94">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24DA1822" w14:textId="77777777" w:rsidR="009000B9" w:rsidRPr="009000B9" w:rsidRDefault="009000B9" w:rsidP="00666BA5">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:w w:val="90"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009000B9">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>(barrare con X una delle</w:t>
             </w:r>
@@ -4635,72 +4575,57 @@
             </w:pPr>
             <w:r w:rsidRPr="00BF7E42">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NON È SOGGETTO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> all’assolvimento dell’imposta di bollo </w:t>
             </w:r>
             <w:r w:rsidRPr="009000B9">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">indicare il motivo dell’esenzione con la precisazione della relativa norma di </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>indicare il motivo dell’esenzione con la precisazione della relativa norma di legge)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>legge)</w:t>
-[...12 lines deleted...]
-              <w:t>_____________________________________________________________</w:t>
+              <w:t>______________________________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F181B94" w14:textId="77777777" w:rsidR="00C5760B" w:rsidRPr="00B93C8E" w:rsidRDefault="00C5760B" w:rsidP="000A451E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01B8C1F6" w14:textId="77777777" w:rsidR="0086495E" w:rsidRDefault="0086495E" w:rsidP="000A451E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:overflowPunct w:val="0"/>
@@ -5002,58 +4927,58 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C345DB">
+            <w:r w:rsidR="00EF4B31">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00C345DB">
+            <w:r w:rsidR="00EF4B31">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> Conto corrente bancario</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5086,58 +5011,58 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C345DB">
+            <w:r w:rsidR="00EF4B31">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00C345DB">
+            <w:r w:rsidR="00EF4B31">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00514DA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007301ED">
               <w:rPr>
@@ -6744,67 +6669,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E467A06" w14:textId="0BD602BC" w:rsidR="00A303E5" w:rsidRPr="00A303E5" w:rsidRDefault="00A303E5" w:rsidP="00A303E5">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">(se dovuto) Attestazione di pagamento dell’imposta di bollo pari a euro 16,00 effettuata mediante pagamento spontaneo tramite la piattaforma regionale di pagamento integrata </w:t>
-[...15 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>(se dovuto) Attestazione di pagamento dell’imposta di bollo pari a euro 16,00 effettuata mediante pagamento spontaneo tramite la piattaforma regionale di pagamento integrata PagoPa;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3694C05D" w14:textId="5435CFA7" w:rsidR="00D9284A" w:rsidRPr="00D9284A" w:rsidRDefault="00D9284A" w:rsidP="0086495E">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9851" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
@@ -7213,115 +7122,51 @@
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TITOLARE DEL TRATTAMENTO DEI DATI E DATI DI CONTATTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69021962" w14:textId="77777777" w:rsidR="000A451E" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/</w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Il titolare del trattamento dei dati è la Regione Autonoma Valle d'Aosta/Vallée d’Aoste, in persona del legale rappresentante pro tempore, con sede in Piazza Deffeyes, 1 – Aosta, contattabile all’indirizzo pec: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00807342">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>segretario_generale@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1094B705" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00B93C8E" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
@@ -7443,164 +7288,100 @@
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DATI DI CONTATTO DEL RESPONSABILE DELLA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="002158EF" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
+        <w:t xml:space="preserve">Il responsabile della protezione dei dati (DPO) della Regione Autonoma Valle d'Aosta/Vallée d’Aoste, incaricato di garantire il rispetto delle norme per la tutela della privacy, è raggiungibile ai seguenti indirizzi PEC: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00807342">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>privacy@pec.regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (per i titolari di una casella di posta elettronica certificata) o PEI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="005243E3">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>privacy@regione.vda.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/</w:t>
-[...31 lines deleted...]
-        <w:t>”.</w:t>
+        <w:t>con una comunicazione avente la seguente intestazione “all’attenzione del DPO della Regione Autonoma Valle d'Aosta/Vallée d’Aoste”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A5D83F2" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>FINALITÀ DEL TRATTAMENTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="109B9A75" w14:textId="215EAA08" w:rsidR="000A451E" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:tabs>
@@ -7943,139 +7724,91 @@
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DIRITTI DELL’INTERESSATO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A003480" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/</w:t>
-[...31 lines deleted...]
-        <w:t>, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
+        <w:t>L’interessato potrà in ogni tempo esercitare i diritti di cui agli artt. 15 e ss. del Regolamento. In particolare potrà richiedere la rettifica o la cancellazione dei dati personali o la limitazione del trattamento dei dati o opporsi al trattamento nei casi ivi previsti, inviando l’istanza al DPO della Regione autonoma Valle d’Aosta/Vallée d’Aoste, raggiungibile agli indirizzi indicati nella presente informativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54EB0B49" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RECLAMO AL GARANTE PER LA PROTEZIONE DEI DATI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="581CCD54" w14:textId="77777777" w:rsidR="000A451E" w:rsidRPr="00807342" w:rsidRDefault="000A451E" w:rsidP="000A451E">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
+        <w:t xml:space="preserve">L’interessato, se ritiene che il trattamento dei dati personali sia avvenuto in violazione di quanto previsto sal Regolamento UE 2016/679, ha diritto di proporre reclamo al Garante per la protezione dei dati personali, si sensi dell’art. 77 del Regolamento, utilizzando gli estremi di contatto reperibili sul sito </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00807342">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.garanteprivacy.it</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00807342">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblInd w:w="-38" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
@@ -8418,51 +8151,51 @@
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="@Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
@@ -8818,112 +8551,118 @@
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007301ED">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">Struttura </w:t>
     </w:r>
     <w:r w:rsidR="00144973">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>attività culturali</w:t>
     </w:r>
     <w:r w:rsidRPr="007301ED">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7FE1D8C0" w14:textId="6F036020" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="0086495E" w:rsidP="001E6546">
+  <w:p w14:paraId="7FE1D8C0" w14:textId="2BFA9401" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="00EF4B31" w:rsidP="001E6546">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387" w:right="-143"/>
     </w:pPr>
     <w:r>
-      <w:t>Via Croce di Città</w:t>
+      <w:t xml:space="preserve">Piazza Roncas </w:t>
     </w:r>
     <w:r w:rsidR="008C33D5" w:rsidRPr="007301ED">
       <w:t>, n. 1</w:t>
-    </w:r>
-[...1 lines deleted...]
-      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="16452F92" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRPr="007301ED" w:rsidRDefault="008C33D5" w:rsidP="001E6546">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387"/>
     </w:pPr>
     <w:r w:rsidRPr="007301ED">
       <w:t xml:space="preserve">11100 AOSTA </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="773EA437" w14:textId="77777777" w:rsidR="001E6546" w:rsidRDefault="00C345DB" w:rsidP="001E6546">
+  <w:p w14:paraId="773EA437" w14:textId="77777777" w:rsidR="001E6546" w:rsidRDefault="00EF4B31" w:rsidP="001E6546">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:ind w:left="5387" w:right="-285"/>
     </w:pPr>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="00144973" w:rsidRPr="00F33E77">
         <w:rPr>
           <w:rStyle w:val="Collegamentoipertestuale"/>
         </w:rPr>
         <w:t>cultura@pec.regione.vda.it</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="008C33D5" w:rsidRPr="007301ED">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="392ECA51" w14:textId="045BC164" w:rsidR="001E6546" w:rsidRPr="008C33D5" w:rsidRDefault="001E6546" w:rsidP="001E6546">
+  <w:p w14:paraId="392ECA51" w14:textId="51CB39ED" w:rsidR="001E6546" w:rsidRPr="008C33D5" w:rsidRDefault="001E6546" w:rsidP="001E6546">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5387"/>
       </w:tabs>
       <w:spacing w:after="120"/>
       <w:ind w:left="5387" w:right="-285"/>
     </w:pPr>
     <w:r>
       <w:t>Tel. +39 – 0165.27</w:t>
     </w:r>
     <w:r w:rsidR="0086495E">
-      <w:t>4138-4141</w:t>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00EF4B31">
+      <w:t>397</w:t>
+    </w:r>
+    <w:r w:rsidR="0086495E">
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="00EF4B31">
+      <w:t>4392</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="53145479" w14:textId="77777777" w:rsidR="008C33D5" w:rsidRDefault="008C33D5" w:rsidP="0029571E">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="3" w:name="_Hlk15465680"/>
   </w:p>
   <w:p w14:paraId="4DF997FF" w14:textId="77777777" w:rsidR="001E6546" w:rsidRPr="001E6546" w:rsidRDefault="001E6546" w:rsidP="0029571E">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="10"/>
@@ -8995,141 +8734,141 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">ALLE ASSOCIAZIONI CULTURALI VALDOSTANE </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="07E0746F" w14:textId="77777777" w:rsidR="006D0B02" w:rsidRPr="00A53E77" w:rsidRDefault="006D0B02" w:rsidP="0029571E">
     <w:pPr>
       <w:ind w:right="144"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="48DF7FA5" w14:textId="0E2001EA" w:rsidR="00FB7B87" w:rsidRDefault="00F76126" w:rsidP="00F76126">
+  <w:p w14:paraId="48DF7FA5" w14:textId="70862641" w:rsidR="00FB7B87" w:rsidRDefault="00F76126" w:rsidP="00F76126">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4747"/>
         <w:tab w:val="left" w:pos="6087"/>
       </w:tabs>
       <w:ind w:right="144"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="001E6546">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>- ANNO 202</w:t>
     </w:r>
-    <w:r w:rsidR="00196F43">
+    <w:r w:rsidR="00EF4B31">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="006A35BA">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4130B50F" w14:textId="77777777" w:rsidR="006D0B02" w:rsidRPr="00A53E77" w:rsidRDefault="006D0B02" w:rsidP="00F76126">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4747"/>
         <w:tab w:val="left" w:pos="6087"/>
       </w:tabs>
       <w:ind w:right="144"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:bookmarkEnd w:id="3"/>
-  <w:p w14:paraId="049ECB4E" w14:textId="77777777" w:rsidR="008A44DA" w:rsidRDefault="00C345DB">
+  <w:p w14:paraId="049ECB4E" w14:textId="77777777" w:rsidR="008A44DA" w:rsidRDefault="00EF4B31">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8655"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A86713D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E0E7F26"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -13669,57 +13408,56 @@
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="43">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:val="bestFit" w:percent="179"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D0544"/>
     <w:rsid w:val="000008B9"/>
     <w:rsid w:val="00007357"/>
     <w:rsid w:val="00012C68"/>
     <w:rsid w:val="00027D8B"/>
     <w:rsid w:val="00066C42"/>
     <w:rsid w:val="0007328D"/>
     <w:rsid w:val="00077B51"/>
@@ -13878,83 +13616,84 @@
     <w:rsid w:val="00D17993"/>
     <w:rsid w:val="00D23DE3"/>
     <w:rsid w:val="00D23F20"/>
     <w:rsid w:val="00D33629"/>
     <w:rsid w:val="00D339E8"/>
     <w:rsid w:val="00D452F2"/>
     <w:rsid w:val="00D76DE8"/>
     <w:rsid w:val="00D9284A"/>
     <w:rsid w:val="00DC3748"/>
     <w:rsid w:val="00DC6921"/>
     <w:rsid w:val="00DD7963"/>
     <w:rsid w:val="00DF070A"/>
     <w:rsid w:val="00DF42B1"/>
     <w:rsid w:val="00E069EF"/>
     <w:rsid w:val="00E17B4C"/>
     <w:rsid w:val="00E314B0"/>
     <w:rsid w:val="00E41312"/>
     <w:rsid w:val="00E615AE"/>
     <w:rsid w:val="00E8396D"/>
     <w:rsid w:val="00E84FE9"/>
     <w:rsid w:val="00E85BC4"/>
     <w:rsid w:val="00EA4421"/>
     <w:rsid w:val="00EA4E79"/>
     <w:rsid w:val="00EB036E"/>
     <w:rsid w:val="00EF013D"/>
+    <w:rsid w:val="00EF4B31"/>
     <w:rsid w:val="00F0482C"/>
     <w:rsid w:val="00F12352"/>
     <w:rsid w:val="00F15B4A"/>
     <w:rsid w:val="00F50914"/>
     <w:rsid w:val="00F66CA3"/>
     <w:rsid w:val="00F74E48"/>
     <w:rsid w:val="00F75D85"/>
     <w:rsid w:val="00F76126"/>
     <w:rsid w:val="00F85BAF"/>
     <w:rsid w:val="00FB7B87"/>
     <w:rsid w:val="00FC3BA7"/>
     <w:rsid w:val="00FC6DE6"/>
     <w:rsid w:val="00FD3754"/>
     <w:rsid w:val="00FE5E44"/>
     <w:rsid w:val="00FF49BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="68EE5A94"/>
   <w15:docId w15:val="{A05C8EBD-D514-4D0C-B500-04E0CCBCA25F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>